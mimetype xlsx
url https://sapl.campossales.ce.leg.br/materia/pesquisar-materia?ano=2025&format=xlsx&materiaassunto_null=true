--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3344" uniqueCount="1237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3376" uniqueCount="1328">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1314,50 +1314,53 @@
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/379/indicativo_100.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A INSTITUIÇÃO DA POLÍTICA MUNICIPAL DE INCENTIVO AO EMPREENDEDORISMO, COM O OBJETIVO DE FOMENTAR A CRIAÇÃO E O FORTALECIMENTO DE PEQUENOS NEGÓCIOS, PROMOVER A GERAÇÃO DE EMPREGO E RENDA E ESTIMULAR A ECONOMIA LOCAL.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/380/indicativo_101.pdf</t>
   </si>
   <si>
     <t>INDICA A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA E A EXMA. SRA. SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, ELZA MARIA DA SILVA NUNES DE ALENCAR, A REALIZAÇÃO ANUAL DA “SEMANA DE VALORIZAÇÃO DA MULHER”, COM AÇÕES VOLTADAS EXCLUSIVAMENTE AO PÚBLICO FEMININO, A FIM DE PROMOVER O RECONHECIMENTO, O CUIDADO E A PROMOÇÃO DOS DIREITOS DAS MULHERES NO MUNICÍPIO DE CAMPOS SALES.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/381/indicativo_102.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A CRIAÇÃO DO PROGRAMA “SAÚDE DA MULHER RURAL”, COM VISTAS À AMPLIAÇÃO DA ATENÇÃO INTEGRAL À SAÚDE DAS MULHERES RESIDENTES NAS COMUNIDADES RURAIS DO MUNICÍPIO DE CAMPOS SALES.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/382/indicativo_103.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, QUE SEJA REALIZADO, COM A MAIOR BREVIDADE POSSÍVEL, LEVANTAMENTO DAS RUAS E LOGRADOUROS PÚBLICOS DO MUNICÍPIO QUE AINDA SE ENCONTRAM SEM IDENTIFICAÇÃO, PARA QUE, EM SEGUIDA, SEJA PROVIDENCIADA A INSTALAÇÃO DAS RESPECTIVAS PLACAS DE NOMENCLATURA, NOS TERMOS DA LEI MUNICIPAL Nº 700/2022.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/383/indicativo_104.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A REALIZAÇÃO DE PROCESSO SELETIVO SIMPLIFICADO PARA CONTRATAÇÃO DE ENFERMEIRA OBSTETRA, DIANTE DEMANDA DE PARTOS NORMAIS NO HOSPITAL MUNICIPAL.</t>
@@ -1383,50 +1386,53 @@
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/395/indicativo_106.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A NECESSIDADE DE REPOSIÇÃO E AMPLIAÇÃO DE CONTAINERS E/OU TAMBORES DE LIXO NO CENTRO, BAIRROS E DISTRITOS DO MUNICÍPIO DE CAMPOS SALES.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/396/indicativo_107.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SENHOR SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A NECESSIDADE DE INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO TRECHO QUE LIGA A RODOVIA CE-187 (ESTRADA DA CONFIANÇA) AO SEMINÁRIO DOS SERVOS DO SAGRADO CORAÇÃO DE JESUS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/397/indicativo_108.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, QUE ADOTE AS PROVIDÊNCIAS NECESSÁRIAS PARA A REALIZAÇÃO DE CONCURSO PÚBLICO DESTINADO AO PROVIMENTO DE CARGOS EFETIVOS EM TODAS AS SECRETARIAS DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/398/indicativo_109.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO À ILUSTRÍSSIMA SENHORA SECRETÁRIA MUNICIPAL DE SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A CRIAÇÃO DE UMA EQUIPE ESPECIALIZADA DE ACOMPANHAMENTO PARA PACIENTES ONCOLÓGICOS NO MUNICÍPIO DE CAMPOS SALES.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/399/indicativo_110.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A NECESSIDADE DE REALIZAÇÃO DE REFORMA NO MATADOURO PÚBLICO MUNICIPAL.</t>
@@ -1452,768 +1458,1008 @@
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/401/indicativo_112.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE POLÍTICAS PARA EDUCAÇÃO, HILDEFRAN ALENCAR J. RIBEIRO, O ENVIO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA DISPONDO SOBRE A CONCESSÃO DE REDUÇÃO DA CARGA HORÁRIA AOS PROFESSORES EFETIVOS DA REDE PÚBLICA MUNICIPAL DE ENSINO QUE ESTEJAM REGULARMENTE MATRICULADOS EM CURSOS DE MESTRADO OU DOUTORADO.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/402/indicativo_113.pdf</t>
   </si>
   <si>
     <t>INDICA EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A PINTURA E SINALIZAÇÃO HORIZONTAL E VERTICAL DE TODOS OS QUEBRA-MOLAS (LOMBADAS) LOCALIZADOS NOS BAIRROS GUARANI E SANTA RITA (ANTIGO BAIRRO POÇO), COM O OBJETIVO DE AUMENTAR A SEGURANÇA VIÁRIA E PREVENIR ACIDENTES.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/408/indicativo_114.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A ADOÇÃO DE MEDIDAS PARA PROMOVER MELHORIAS NAS CONDIÇÕES DE TRABALHO DOS FEIRANTES DO MUNICÍPIO, COM VISTAS A GARANTIR INFRAESTRUTURA ADEQUADA, SEGURANÇA E DIGNIDADE NO EXERCÍCIO DE SUAS ATIVIDADES.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/409/indicativo_115.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL DE CAMPOS SALES, O SR. MOÉSIO LOIOLA DE MELO, O ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL DE CAMPOS SALES, DISPONDO SOBRE A ISENÇÃO DE IPTU AS PESSOAS DIAGNOSTICADAS COM NEOPLASIA MALIGNA (CÂNCER), SEGUNDO CRITÉRIOS ESTABELECIDOS EM LEI.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/410/indicativo_117.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, QUE ESTUDE A VIABILIDADE DE EXPEDIR UM DECRETO PARA FORMALIZAR O RECONHECIMENTO DO ASSENTAMENTO ACOCI COMO "TERRA DA FAVA", CONFERINDO-LHE ESSA TITULAÇÃO SIMBÓLICA EM VIRTUDE DA IMPORTÂNCIA HISTÓRICA, CULTURAL E ECONÔMICA QUE A PRODUÇÃO DA FAVA REPRESENTA PARA A COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/411/indicativo_117.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A CONSTRUÇÃO DE RAMPAS DE ACESSIBILIDADE EM TODOS OS ESPAÇOS E PRÉDIOS PÚBLICOS MUNICIPAIS, VISANDO GARANTIR A PLENA ACESSIBILIDADE E INCLUSÃO DAS PESSOAS COM DEFICIÊNCIA E MOBILIDADE REDUZIDA.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/412/indicativo_118.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A DIVULGAÇÃO, NOS MEIOS DE COMUNICAÇÃO OFICIAIS DO MUNICÍPIO, DOS DIAS, HORÁRIOS E ROTAS DA COLETA DE LIXO URBANA EM CAMPOS SALES-CE.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/413/indicativo_119.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A ADOÇÃO DE MEDIDAS PARA A RETIRADA DOS ESGOTOS A CÉU ABERTO NO CENTRO, BAIRROS E DISTRITOS DO MUNICÍPIO DE CAMPOS SALES-CE.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/414/indicativo_120.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A CRIAÇÃO DE ESPAÇO ADEQUADO PARA A REALIZAÇÃO DA TRADICIONAL FEIRA DE COMERCIALIZAÇÃO DE ANIMAIS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/415/indicativo_121.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A CONSTRUÇÃO OU LOCAÇÃO DE UM IMÓVEL DO TIPO GALPÃO, PARA DESTINÁ-LO COMO PONTO DE APOIO AOS AGRICULTORES DO NOSSO MUNICÍPIO QUE TRAZEM SUAS MERCADORIAS PARA COMERCIALIZAREM NA FEIRA-LIVRE.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/418/indicativo_122.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES/CE, MOÉSIO LOIOLA DE MELO E A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLITÍCAS PARA SAÚDE , MORGANA KELLY BEZERRA FORTALEZA, O SEGUINTE: QUE SEJA ADQUIRIDA 4(QUATRO) AMBULÂNCIAS COM O OBJETIVO DE COLOCAR EM CADA UM DOS DISTRITOS A SEGUIR: ITAGUÁ, MONTE CASTELO, BARÃO DE AQUIRAZ E ACAMPAMENTO.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/419/indicativo_124.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES/CE, MOÉSIO LOIOLA DE MELO E AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS, JOSÉ ARY DE SOUSA SOLANO FEITOSA E AO EXMO. SR. NETO DINIZ, SECRETÁRIO MUNICIPAL DE RECURSOS HÍDRICOS  E MEIO AMBIENTE, O SEGUINTE: 1 – QUE SEJA REALIZADA A LIMPEZA DO AÇUDE PÚBLICO DO SITIO SERRINHA DOS DARIS QUE SE ENCONTRA BASTANTE OBSTRUIDO COM SEDIMENTOS, TAIS COMO: AREIA, TERRA E OUTROS MATERIAIS; 2 – QUE SEJA REALIZADO A PATROLAGEM  DAS ESTRADAS VICINAIS QUE INICIA NO SÍTIO CALDEIRÃO, PASSANDO PELO SÍTIO SERRINHA DOS DARIS, SÍTIO CAVALCANTE E SEGUINDO ATÉ O SÍTIO SERRINHA DOS GERALDOS.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/420/indicativo_124.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES/CE, MOÉSIO LOIOLA DE MELO E AO EXMO. SR. JOSÉ ARY DE SOUSA SOLANO FEITOSA, SECRETÁRIO MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS, AMBOS DESTE MUNICÍPIO,  PARA QUE SEJA REALIZADO O SEGUINTE: 1 – FAZER A RETIRADA DO MATERIAL ACUMULADO NA BACIA DA BARRAGEM PÚBLICA DO DISTRITO DO ITAGUÁ, QUE OCORREU AO LONGO DOS ANOS EM FUNÇÃO DA EROSÃO FLUVIAL E EM FUNÇÃO DA OMISSÃO DO PODER EXECUTIVO MUNICIPAL, EM RETIRAR ESSE MATERIAL; 2 – QUE SEJA FEITO TAMBÉM A RESTAURAÇÃO DA PAREDE DA REFERIDA BARRAGEM, QUE APRESENTA VAZAMENTOS EM VIRTUDE BURACOS (BOMBAS), O QUE TEM CONTRIBUIDO PARA ESVAZIAR MAIS RAPIDAMENTE ESTE IMPORTANTE RESERVATÓRIO.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/421/indicativo_125.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES/CE, MOÉSIO LOIOLA DE MELO E AO EXMO. SR. JOSÉ ARY DE SOUSA SOLANO FEITOSA, SECRETÁRIO MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS, O SEGUINTE, AUTORIZAR A REALIZAÇÃO DO SANEAMENTO BÁSICO DO ESGOTO A CÉU ABERTO DE APROXIMADAMENTE 16 M DE, D EXTENSÇÃO, QUE FICA NA RUA NOVA , NA ALTURA DO Nº 14 EM DIREÇÃO AO OUTRO LADO DA REFERIDA RUA, EM FRENTE AO Nº 33.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/422/indicativo_126.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. MOÉSIO LOIOLA DE MELO, PREFEITO MUNICIPAL, E AO EXMO. SR. JOSÉ ARY DE SOUSA SOLANO FEITOSA, SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, QUE SEJA REALIZADO O SEGUINTE: 1 – QUE SEJA FEITA A RECUPERAÇÃO DA PONTE, INCLUSIVE AUMENTANDO A LARGURA DA MESMA, QUE FICA NA SAÍDA DA SEDE DO DISTRITO DO ITAGUÁ , SENTIDO SÍTIO PASSAGEM DAS PEDRAS, VISTO QUE A REFERIDA PONTE ENCONTRA-SE BASTANTE DETERIORADA, CONFORME FOTOS EM ANEXO, COM O ENORME PERIGO DE RUIR NO MOMENTO EM QUE FOR PASSANDO UM VEÍCULO E, COM ISSO, CAUSAR LEÕES DE NATUREZA LEVE, MODERADA OU GRAVES E FATAIS NOS CONDUTORES DESSES VEÍCULOS COMO JÁ ACONTECERAM EM DIVERSAS PONTES NO BRASIL AFORA.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/423/indicativo_127.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A RETOMADA IMEDIATA E A CONCLUSÃO DAS OBRAS DE CONSTRUÇÃO DA PRAÇA DO DISTRITO DE MONTE CASTELO.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/424/indicativo_128.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A CRIAÇÃO DE UM PROGRAMA DE REVITALIZAÇÃO E MANUTENÇÃO DAS PRAÇAS PÚBLICAS DO MUNICÍPIO DE CAMPOS SALES.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/425/indicativo_129.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A CONSTRUÇÃO DE UMA ESCOLA DE EDUCAÇÃO INFANTIL NO BAIRRO SAGRADO CORAÇÃO DE JESUS (ANTIGO BAIRRO BARRAGEM).</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/426/indicativo_130.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A IMPLEMENTAÇÃO DE ILUMINAÇÃO NO CEMITÉRIO E A SUBSTITUIÇÃO DO TRANSFORMADOR DA PRAÇA NO DISTRITO DE MONTE CASTELO.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/427/indicativo_131.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A CRIAÇÃO DO "PROGRAMA MUNICIPAL DE DISTRIBUIÇÃO DE FRALDAS GERIÁTRICAS E INFANTIS", COM O OBJETIVO DE FORNECER GRATUITAMENTE FRALDAS PARA IDOSOS, PESSOAS COM DEFICIÊNCIA E CRIANÇAS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/428/indicativo_132.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE RECURSOS HÍDRICOS E MEIO AMBIENTE, CÍCERO DE OLIVEIRA SIMÃO, A REALIZAÇÃO DE UM CADASTRO E A SUBSEQUENTE LIMPEZA DE TODOS OS BARREIROS EXISTENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/429/indicativo_133.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A REALIZAÇÃO DE SERVIÇOS DE REPARO E MANUTENÇÃO NA ILUMINAÇÃO DO TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/430/indicativo_134.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A REALIZAÇÃO DE PAVIMENTAÇÃO (CALÇAMENTO) NA TRAVESSA PADRE NOBRE, BAIRRO GUARANI E NA TRAVESSA VERDE VALE, NO BAIRRO ALTO ALEGRE (PRÓXIMO A IGREJA DA MÃE RAINHA).</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/444/indicativo_135.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A REALIZAÇÃO DE ESTUDO TÉCNICO VISANDO À EXECUÇÃO DE OBRA DE REFORÇO DA PAREDE DO AÇUDE SITUADO NA SEDE DO ASSENTAMENTO ACOCI.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/439/indicativo_136.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A PAVIMENTAÇÃO (CALÇAMENTO) DAS RUAS CANDIDO PEREIRA GOMES, TV. SARAIVA, RUA RANIELLE ALVES DE SOUSA, RUA ANTONIO TELES MACEDO E RUA PROJETADA, LOCALIZADAS NO BAIRRO GUARANI.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/445/indicativo_137.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A REALIZAÇÃO DA COMPLEMENTAÇÃO DA PAVIMENTAÇÃO (CALÇAMENTO) NA TRAVESSA SÁ BARRETO, LOCALIZADA NO BAIRRO BATALHÃO.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/451/indicativo_138.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, O ENVIO DE PROJETO DE LEI AO PODER LEGISLATIVO, DISPONDO SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE POLÍTICAS PÚBLICAS LGBTQIAPN+ NO MUNICÍPIO DE CAMPOS SALES.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/446/indicativo_139.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A PAVIMENTAÇÃO (CALÇAMENTO) DA TRAVESSA PEREIRA FILGUEIRA, LOCALIZADA NO BAIRRO BATALHÃO.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/447/indicativo_140.pdf</t>
+  </si>
+  <si>
     <t>INDICAR AO EXMO. PREFEITO MUNICIPAL, MOÉSIO LOIOLA DE MELO E A EXMA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA A SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, O SEGUINTE: QUE ADOTEM TODAS AS MEDIDAS NECESSÁRIAS E LEGAIS PARA ADQUIRIR UMA UNIDADE ODONTOLÓGICA MÓVEL - UOM, DO PROGRAMA BRASIL SORRIDENTE, QUE FAZ PARTE DO NOVO PAC-SAÚDE, COM O OBJETIVO DE PRESTAR ATENDIMENTOS DE SAUDE BUCAL, PRIORITARIAMENTE, NAS FAMILIAS QUE RESIDEM NOS SITIOS E NA SEDE DOS DISTRITOS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/448/indicativo_141.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A NECESSIDADE DE REALIZAÇÃO DE SERVIÇOS DE PATROLAGEM DAS ESTRADAS VICINAIS DO SÍTIO LAGOA COBERTA, A LIMPEZA DA PAREDE DO AÇUDE LOCAL E A SUBSTITUIÇÃO DAS LUMINÁRIAS QUEIMADAS E QUEBRADAS NA REFERIDA COMUNIDADE.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/452/indicativo_142.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SENHOR SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A IMPLEMENTAÇÃO DO CALÇAMENTO DAS RUAS DA AGROVILA PAU VERDE, A CONTINUIDADE DO CALÇAMENTO DA AGROVILA SÃO JOSÉ E O CALÇAMENTO DE DUAS RUAS DA AGROVILA ARIZONA.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/453/indicativo_143.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A ADOÇÃO DE PROVIDÊNCIAS QUANTO À DESTINAÇÃO DE PRÉDIOS PÚBLICOS PERTENCENTES AO MUNICÍPIO QUE SE ENCONTRAM SEM UTILIDADE, A EXEMPLO DAS ANTIGAS ESCOLAS DO ASSENTAMENTO ACOCI, DO SÍTIO ALÍVIO E DO SÍTIO QUEIMADAS, PARA QUE POSSAM SER CEDIDOS A ASSOCIAÇÕES LOCAIS E UTILIZADOS EM ATIVIDADES COMUNITÁRIAS, TAIS COMO REUNIÕES, PALESTRAS E CURSOS.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/454/indicativo_144.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO À ILUSTRÍSSIMA SENHORA SECRETÁRIA MUNICIPAL DE SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A DISPONIBILIZAÇÃO DE UMA AMBULÂNCIA EXCLUSIVA PARA ATENDER AS FAMÍLIAS RESIDENTES NO ASSENTAMENTO ACOCI.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/455/indicativo_145.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A CONSTRUÇÃO DE UMA PRAÇA PÚBLICA NO ENTORNO DA IGREJA DE SÃO FRANCISCO, LOCALIZADA NO SÍTIO AROEIRA DO NORTE, DISTRITO DE ITAGUÁ.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/460/indicativo_146.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. GORVENADOR DO ESTADO DO CEARÁ, ELMANO DE FREITAS DA COSTA, A EXMA. SECRETÁRIA DE SAÚDE DO CEARÁ, TÂNIA MARA COELHO, AO EXMO. DEPUTADO ESTADUAL, FERNANDO MATOS SANTANA E AO EXMO. DEPUTADO FEDERAL, JOSÉ NOBRE GUIMARÃES, QUE SEJA ADOTADAS TODAS AS MEDIDAS NECESSÁRIAS E CABÍVEIS PARA REALIZAR A AMPLIAÇÃO DA POLICLINICA BÁRBARA PEREIRA DE ALENCAR, TIPO I SITUADA NESTE MUNICIPIO, PARA POLICLINICA TIPO II, DEIXANDO CLARO QUE HÁ ESPAÇO FÍSICO SUFICIENTE PARA TAL EMPREENDIMENTO.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/463/indicativo_147.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A REFORMA DA ESCOLA MUNICIPAL LOCALIZADA NO DISTRITO DE MONTE CASTELO, A RETIRADA DOS ESGOTOS A CÉU ABERTO EXISTENTES NO REFERIDO DISTRITO, BEM COMO A RECONSTRUÇÃO E ESTRUTURAÇÃO DO CAMPO DE FUTEBOL CONHECIDO COMO “CAMPO DAS VAGA-LUMAS”, SITUADO PRÓXIMO À RESIDÊNCIA DA SRA. MARIA ROSA, COM A INSTALAÇÃO COMPLETA DE TRAVES, REDES E DEMAIS ITENS INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A REFORMA DA ESCOLA MUNICIPAL LOCALIZADA NO DISTRITO DE MONTE CASTELO, A RETIRADA DOS ESGOTOS A CÉU ABERTO EXISTENTES NO REFERIDO DISTRITO, BEM COMO A RECONSTRUÇÃO E ESTRUTURAÇÃO DO CAMPO DE FUTEBOL CONHECIDO COMO “CAMPO DAS VAGA-LUMAS”, SITUADO PRÓXIMO À RESIDÊNCIA DA SRA. MARIA ROSA, COM A INSTALAÇÃO COMPLETA DE TRAVES, REDES E DEMAIS ITENS NECESSÁRIOS PARA A PRÁTICA ESPORTIVA.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/464/indicativo_148.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SECRETÁRIO MUNICIPAL DE POLÍTICAS PARA EDUCAÇÃO, HILDEFRAN ALENCAR JURUMENHA RIBEIRO, A NECESSIDADE DE PROMOVER, EM REGIME DE URGÊNCIA, A ENTREGA DE FARDAMENTO ESCOLAR COMPLETO, COMPOSTO POR CALÇA, BLUSA E SHORT, AOS ALUNOS DA REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/465/indicativo_149.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO À ILUSTRÍSSIMA SENHORA SECRETÁRIA MUNICIPAL DE SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A NECESSIDADE DE DISPONIBILIZAR, NO HOSPITAL MUNICIPAL, ENFERMEIRO COM CONHECIMENTO EM OBSTETRÍCIA PARA ATENDIMENTO A PARTOS NORMAIS, ENQUANTO O CENTRO CIRÚRGICO ENCONTRA-SE INATIVO, EVITANDO ASSIM A TRANSFERÊNCIA DE GESTANTES PARA OUTROS MUNICÍPIOS E SITUAÇÕES DE RISCO DURANTE O DESLOCAMENTO.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/466/indicativo_150.pdf</t>
+  </si>
+  <si>
     <t>INDICA A EXCELENTÍSSIMA SENHORA SECRETÁRIA MUNICIPAL DE SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A NECESSIDADE DE DISPONIBILIZAR UM LOCAL ADEQUADO E ESPECÍFICO PARA A REALIZAÇÃO DE TESTAGEM DA COVID-19 E APLICAÇÃO DE VACINAS, VISANDO OFERECER MAIS SEGURANÇA, ORGANIZAÇÃO E EFICIÊNCIA NO ATENDIMENTO À POPULAÇÃO.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/467/indicativo_151.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SECRETÁRIO MUNICIPAL DE POLÍTICAS PARA EDUCAÇÃO, HILDEFRAN ALENCAR JURUMENHA RIBEIRO, A NECESSIDADE DE AQUISIÇÃO DE CADEIRAS E EQUIPAMENTOS ADEQUADOS PARA TODOS OS ESTUDANTES DA REDE PÚBLICA MUNICIPAL DE ENSINO QUE POSSUAM ALGUMA NECESSIDADE ESPECIAL, VISANDO PROMOVER INCLUSÃO E MELHORES CONDIÇÕES DE APRENDIZAGEM.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/468/indicativo_152.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE DESPORTO, RONALDO ANGELIM, A ADOÇÃO DE MEDIDAS VOLTADAS À VALORIZAÇÃO E INCENTIVO DAS ESCOLINHAS DE FUTEBOL DE CAMPO DO MUNICÍPIO, POR MEIO DE CADASTRAMENTO JUNTO À SECRETARIA DE ESPORTES, CONCESSÃO DE BOLSAS AOS MONITORES, DEFINIÇÃO DE HORÁRIOS PARA TREINOS EM ESPAÇOS PÚBLICOS E FORNECIMENTO DE MATERIAL ESPORTIVO.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/469/indicativo_153.pdf</t>
+  </si>
+  <si>
     <t>INDICA A EXCELENTÍSSIMA SENHORA SECRETÁRIA MUNICIPAL DE SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, QUE PROMOVA A REALIZAÇÃO DE TREINAMENTOS VOLTADOS AOS SERVIDORES DAS DIVERSAS SECRETARIAS MUNICIPAIS E ESCOLAS, COM O OBJETIVO DE CAPACITÁ-LOS PARA O ATENDIMENTO DE PRIMEIROS SOCORROS EM SITUAÇÕES DE EMERGÊNCIA.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/470/indicativo_154.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, O ENVIO DE PROJETO DE LEI AO PODER LEGISLATIVO, DISPONDO SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE URBANISMO E MEIO AMBIENTE NO MUNICÍPIO DE CAMPOS SALES.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/476/indicativo_155.pdf</t>
+  </si>
+  <si>
     <t>INDICA A EXCELENTÍSSIMA SENHORA SECRETÁRIA MUNICIPAL DE SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, QUE POR MEIO DOS AGENTES COMUNITÁRIOS DE SAÚDE E/OU AGENTES DE COMBATE ÀS ENDEMIAS, SEJA REALIZADO UM LEVANTAMENTO E CADASTRO DAS FAMÍLIAS RESIDENTES NA SEDE E NA ZONA RURAL DO MUNICÍPIO QUE AINDA NÃO POSSUEM BANHEIRO EM SUAS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/477/indicativo_156.pdf</t>
+  </si>
+  <si>
     <t>INDICA A EXCELENTÍSSIMA SENHORA SECRETÁRIA MUNICIPAL DE SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, QUE PROVIDENCIE ROUPAS ADEQUADAS (BATAS) PARA OS PACIENTES ATENDIDOS NA REDE MUNICIPAL DE SAÚDE, BEM COMO CRACHÁS DE IDENTIFICAÇÃO PARA OS ACOMPANHANTES, VISANDO A MELHORIA NA ORGANIZAÇÃO, NA HUMANIZAÇÃO DO ATENDIMENTO E NA SEGURANÇA DURANTE OS PROCEDIMENTOS DE SAÚDE.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/478/indicativo_157.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, QUE PROMOVA A AQUISIÇÃO OU LOCAÇÃO DE UM IMÓVEL DESTINADO À INSTALAÇÃO DE UM CENTRO DE SAÚDE DA MULHER, COM ATENDIMENTOS ESPECIALIZADOS DE GINECOLOGISTA, NUTRICIONISTA, PSICÓLOGAS E OUTROS PROFISSIONAIS DA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/479/indicativo_158.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SECRETÁRIO MUNICIPAL DE POLÍTICAS PARA EDUCAÇÃO, HILDEFRAN ALENCAR JURUMENHA RIBEIRO, QUE ADOTE AS MEDIDAS NECESSÁRIAS PARA QUE OS PROFESSORES DA REDE PÚBLICA MUNICIPAL DE ENSINO QUE POSSUEM DOIS VÍNCULOS POSSAM TER SUAS CARGAS HORÁRIAS UNIFICADAS EM UMA ÚNICA ESCOLA, GARANTINDO MELHORES CONDIÇÕES DE TRABALHO E QUALIDADE NO ENSINO OFERTADO AOS ALUNOS.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/480/indicativo_159.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SECRETÁRIO MUNICIPAL DE POLÍTICAS PARA EDUCAÇÃO, HILDEFRAN ALENCAR JURUMENHA RIBEIRO, A NULIDADE DO TERMO DE COOPERAÇÃO QUE VEM SENDO EXIGIDO AOS PAIS OU RESPONSÁVEIS PELOS ALUNOS, NO QUAL ESTES SE COMPROMETEM A ASSUMIR RESPONSABILIDADE POR EVENTUAIS DANOS CAUSADOS PELOS ESTUDANTES A CADEIRAS, MESAS E DEMAIS BENS PERTENCENTES À ESCOLA.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, QUE ENVIE PROJETO DE LEI À CÂMARA MUNICIPAL DE CAMPOS SALES, DISPONDO SOBRE A CONCESSÃO DE AUMENTO SALARIAL PARA TODOS OS SERVIDORES PÚBLICOS DO MUNICÍPIO, EXCETO PARA OS QUE JÁ FORAM CONTEMPLADOS.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/482/indicativo_161.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE RECURSOS HÍDRICOS, CÍCERO SIMÃO DE OLIVEIRA, A NECESSIDADE DE REALIZAR A ARBORIZAÇÃO DOS CANTEIROS CENTRAIS DA AVENIDA FRANCISCO ADEMAR DE ANDRADE, EM TODA A SUA EXTENSÃO, COM O PLANTIO DE PALMEIRAS IMPERIAIS.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/487/indicativo_162.pdf</t>
+  </si>
+  <si>
     <t>INDICA EXMO. PREFEITO MUNICIPAL DE CAMPOS SALES, O SR. MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SECRETÁRIO MUNICIPAL DE POLÍTICAS EDUCAÇÃO, O SR. HILDEFRAN ALENCAR J. RIBEIRO, QUE SEJA DISPONIBILIZADO UM PROFISSIONAL PSICÓLOGO PARA ATENDIMENTO PREFERENCIAL AOS PROFESSORES DA REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/488/indicativo_163.pdf</t>
+  </si>
+  <si>
     <t>INDICA A EXCELENTÍSSIMA SENHORA SECRETÁRIA MUNICIPAL DE SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, QUE PROMOVA O CADASTRO E A ENTREGA DOMICILIAR DE MEDICAMENTOS DESTINADOS A PACIENTES HIPERTENSOS, VISANDO MELHORAR O ACESSO AO TRATAMENTO E GARANTIR MAIOR COMODIDADE E CONTINUIDADE NA ASSISTÊNCIA À SAÚDE.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/493/indicativo_164.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. SECRETÁRIO DE DESENVOLVIMENTO RURAL, DAMIÃO FERREIRA DE OLIVEIRA E AO EXMO. SR. SECRETÁRIO MUNICIPAL DE RECURSOS HÍDRICOS E MEIO AMBIENTE, CÍCERO DE OLIVEIRA SIMÃO, QUE ADOTE AS PROVIDÊNCIAS NECESSÁRIAS PARA COLOCAR EM PLENO FUNCIONAMENTO O VIVEIRO DE MUDAS DO MUNICÍPIO, PRIORIZANDO A PRODUÇÃO E DISTRIBUIÇÃO DE MUDAS FRUTÍFERAS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/494/indicativo_165.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SECRETÁRIO MUNICIPAL DE POLÍTICAS PARA EDUCAÇÃO, HILDEFRAN ALENCAR JURUMENHA RIBEIRO, QUE PROMOVAM O RETORNO DAS TURMAS DA EDUCAÇÃO INFANTIL QUE ATUALMENTE FUNCIONAM NA ESCOLA SÃO JOSÉ PARA AS INSTALAÇÕES DA ANTIGA ESCOLA DO ACOCI, BEM COMO O RETORNO DAS CRIANÇAS DA EDUCAÇÃO INFANTIL DO SÍTIO ALÍVIO, QUE ESTÃO ESTUDANDO NAS LOCALIDADES DE CARMELÓPOLIS E QUEIMADAS, PARA A ESCOLA DO SÍTIO ALÍVIO, ATUALMENTE DESATIVADA.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/495/indicativo_166.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SENHOR SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A IMPLANTAÇÃO E AMPLIAÇÃO DO SANEAMENTO BÁSICO EM TODOS OS DISTRITOS DO MUNICÍPIO DE CAMPOS SALES, VISANDO A MELHORIA DA QUALIDADE DE VIDA DA POPULAÇÃO E A PROMOÇÃO DA SAÚDE PÚBLICA.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/496/indicativo_167.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A ADOÇÃO DE MEDIDAS PARA A ADAPTAÇÃO DE ESPAÇOS PÚBLICOS DO MUNICÍPIO, COM FOCO NA ACESSIBILIDADE, MOBILIDADE E SEGURANÇA DA POPULAÇÃO IDOSA, DE FORMA A ASSEGURAR CONDIÇÕES DIGNAS DE CIRCULAÇÃO E CONVIVÊNCIA COMUNITÁRIA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/497/indicativo_168.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, QUE ENCAMINHE À CÂMARA MUNICIPAL PROJETO DE LEI DISPONDO SOBRE A CRIAÇÃO DO PROGRAMA “REDE ROSA DE ACOLHIMENTO”, VOLTADO AO CUIDADO INTEGRAL E INTERSETORIAL DAS MULHERES DIAGNOSTICADAS COM CÂNCER DE MAMA, ASSEGURANDO ACOLHIMENTO HUMANO, ACOMPANHAMENTO PREVENTIVO E SUPORTE SOCIAL DESDE O DIAGNÓSTICO ATÉ O PÓS-TRATAMENTO.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/502/indicativo_169.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE POLÍTICAS EDUCAÇÃO, HILDEFRAN ALENCAR J. RIBEIRO, A AQUISIÇÃO E INSTALAÇÃO DE SISTEMA DE VIDEOMONITORAMENTO (CFTV/IP) NAS UNIDADES DA REDE PÚBLICA MUNICIPAL DE ENSINO DE CAMPOS SALES/CE.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/503/indicativo_170.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE POLÍTICAS EDUCAÇÃO, HILDEFRAN ALENCAR J. RIBEIRO, A AQUISIÇÃO E INSTALAÇÃO DE SISTEMA DE VIDEOMONITORAMENTO (CFTV/IP) EM TODOS OS PRÉDIOS E EQUIPAMENTOS PÚBLICOS MUNICIPAIS EM FUNCIONAMENTO, NO ÂMBITO DA PREFEITURA MUNICIPAL DE CAMPOS SALES/CE.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/508/indicativo_171.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A ADOÇÃO DE POLÍTICA PERMANENTE DE FORNECIMENTO DE UNIFORMES E EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS ENDEMIAS (ACE), CONTEMPLANDO ITENS COMO CAMISA, CALÇA, BOLSA, BONÉ, BOTA E PROTETOR SOLAR.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/509/indicativo_172.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A ADOÇÃO DAS MEDIDAS NECESSÁRIAS PARA QUE SEJAM REALIZADOS ESTUDOS DE ENGENHARIA DE TRÁFEGO, COM O OBJETIVO DE AVALIAR A POSSIBILIDADE DE IMPLANTAÇÃO DE MÃO ÚNICA EM ALGUMAS RUAS DO MUNICÍPIO DE CAMPOS SALES/CE, BUSCANDO MELHORAR A FLUIDEZ E A SEGURANÇA NO TRÂNSITO LOCAL.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/510/indicativo_173.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A ILMA. SRA. SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E TRABALHO, ELZA MARIA DA SILVA NUNES DE ALENCAR, A CRIAÇÃO DO SELO “EMPRESA AMIGA DA TERCEIRA IDADE”, COMO FORMA DE RECONHECER E INCENTIVAR ESTABELECIMENTOS QUE ADOTEM PRÁTICAS DE INCLUSÃO, VALORIZAÇÃO E RESPEITO ÀS PESSOAS IDOSAS NO MUNICÍPIO DE CAMPOS SALES/CE.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/511/indicativo_174.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, QUE ENCAMINHE A ESTA CASA LEGISLATIVA PROJETO DE LEI DISPONDO SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TRÂNSITO DE CAMPOS SALES/CE, ÓRGÃO DE CARÁTER CONSULTIVO E DELIBERATIVO, DESTINADO A PROMOVER ESTUDOS, PROPOR SOLUÇÕES E COLABORAR NA FORMULAÇÃO DE POLÍTICAS PÚBLICAS VOLTADAS À ORGANIZAÇÃO E À SEGURANÇA DO TRÂNSITO NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/512/indicativo_175.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SECRETÁRIO MUNICIPAL DE POLÍTICAS PARA EDUCAÇÃO, HILDEFRAN ALENCAR JURUMENHA RIBEIRO, A ADOÇÃO DAS PROVIDÊNCIAS NECESSÁRIAS PARA INCLUIR, NO CURRÍCULO ESCOLAR DA REDE PÚBLICA MUNICIPAL DE ENSINO, A DISCIPLINA “HISTÓRIA DO MUNICÍPIO DE CAMPOS SALES”, ASSEGURANDO QUE OS ALUNOS TENHAM ACESSO AO CONHECIMENTO SOBRE AS ORIGENS, A FORMAÇÃO, O DESENVOLVIMENTO E OS ASPECTOS CULTURAIS, SOCIAIS, ECONÔMICOS E POLÍTICOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/513/indicativo_176.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A CONTRATAÇÃO DE MÉDICO CARDIOLOGISTA PARA ATENDER À CRESCENTE DEMANDA POR CONSULTAS E ACOMPANHAMENTO ESPECIALIZADO NA REDE PÚBLICA DE SAÚDE DO MUNICÍPIO DE CAMPOS SALES/CE.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/514/indicativo_177.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A ENTREGA DE KITS DE TRABALHO AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AOS AGENTES DE COMBATE ÀS ENDEMIAS (ACE), CONTENDO BOLSA, BONÉ, COLETE, PROTETOR SOLAR E DEMAIS ITENS NECESSÁRIOS AO DESEMPENHO SEGURO E ADEQUADO DE SUAS ATIVIDADES.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/515/indicativo_178.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, QUE ENCAMINHE À CÂMARA MUNICIPAL PROJETO DE LEI DISPONDO SOBRE A CRIAÇÃO DO CENTRO DE CONVIVÊNCIA DA MELHOR IDADE, DESTINADO A PROMOVER O BEM-ESTAR, A INTEGRAÇÃO SOCIAL E A VALORIZAÇÃO DA POPULAÇÃO IDOSA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/525/indicativo_179.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A AMPLIAÇÃO E COBERTURA DA UNIDADE BÁSICA DE SAÚDE (UBS) LOCALIZADA NO DISTRITO DE CARMELÓPOLIS, VISANDO MELHORAR AS CONDIÇÕES ESTRUTURAIS E O ATENDIMENTO PRESTADO À POPULAÇÃO DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/526/indicativo_180.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A NECESSIDADE DE REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E DESASSOREAMENTO DO AÇUDE DO GOVERNO, LOCALIZADO NO BAIRRO GUARANI.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/527/indicativo_181.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SENHOR SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A NECESSIDADE DE CONSTRUÇÃO, EM REGIME DE URGÊNCIA, DE UMA PASSAGEM MOLHADA NA AVENIDA JANUÁRIO DE SOUZA NETO (ANTIGA AVENIDA PADRE NOBRE), LOCALIZADA NO BAIRRO GUARANI.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A ILMA. SRA. SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E TRABALHO, ELZA MARIA DA SILVA NUNES DE ALENCAR, QUE SEJA ELABORADO E ENCAMINHADO A ESTA CÂMARA MUNICIPAL UM PROJETO DE LEI DISPONDO SOBRE A REESTRUTURAÇÃO ADMINISTRATIVA DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E TRABALHO, CRIANDO NOVOS CARGOS E FUNÇÕES ESSENCIAIS AO APRIMORAMENTO DA GESTÃO DA POLÍTICA DE ASSISTÊNCIA SOCIAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/529/indicativo_183.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A NECESSIDADE DE CUMPRIMENTO DA LEI MUNICIPAL Nº 244/2002, QUE INSTITUI O CÓDIGO DE OBRAS E POSTURAS DO MUNICÍPIO, ESPECIALMENTE NO QUE SE REFERE À RETIRADA DE ENTULHOS E MATERIAIS DE CONSTRUÇÃO DEPOSITADOS EM VIAS E LOGRADOUROS PÚBLICOS.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/530/indicativo_184.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A AMPLIAÇÃO DA CONTRATAÇÃO JÁ EXISTENTE DE PROFISSIONAIS VINCULADOS AO PROGRAMA “TEMPO DE CRESCER”, MEDIANTE JUSTIFICATIVA FORMAL AO PODER JUDICIÁRIO, TENDO EM VISTA A DECISÃO JUDICIAL QUE IMPEDE NOVOS CONTRATOS, A FIM DE GARANTIR A CONTINUIDADE E A EXPANSÃO DOS ATENDIMENTOS ÀS CRIANÇAS COM NECESSIDADES ESPECIAIS E OUTROS TRANSTORNOS DO DESENVOLVIMENTO.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/542/indicativo_185.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, PARA QUE, EM PARCERIA COM O SERVIÇO BRASILEIRO DE APOIO ÀS MICRO E PEQUENAS EMPRESAS (SEBRAE) E DEMAIS ÓRGÃOS DA ADMINISTRAÇÃO MUNICIPAL, ESPECIALMENTE OS SETORES JURÍDICO E DE LICITAÇÃO, PROMOVA AÇÕES VOLTADAS À ORIENTAÇÃO, CAPACITAÇÃO E ORGANIZAÇÃO DE EMPRESAS LOCAIS, DE MODO A VIABILIZAR SUA PARTICIPAÇÃO NOS PROCESSOS LICITATÓRIOS REALIZADOS PELO MUNICÍPIO, INCLUINDO PRODUTORES E AGRICULTORES FAMILIARES.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/543/indicativo_186.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SENHOR SECRETÁRIO MUNICIPAL DE OBRAS E URBANISMO, JOSÉ ARY DE SOUZA SOLANO FEITOSA, A CONSTRUÇÃO DE UMA PONTE CONHECIDA COMO “CACIMBA GRANDE”, SITUADA NA RUA NOVA, BEM COMO A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, LIMPEZA E EXECUÇÃO DE OBRAS DE SANEAMENTO BÁSICO NAS IMEDIAÇÕES.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/544/indicativo_187.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO DE DESENVOLVIMENTO RURAL, DAMIÃO FERREIRA DE OLIVEIRA, A CRIAÇÃO, DENTRO DO CALENDÁRIO OFICIAL DE AÇÕES E EVENTOS DO MUNICÍPIO, DE UMA FEIRA MENSAL VOLTADA AOS PEQUENOS E MÉDIOS AGRICULTORES, DESTINADA À COMERCIALIZAÇÃO DE PRODUTOS LOCAIS, REALIZAÇÃO DE PALESTRAS, OFICINAS, CURSOS E EXPOSIÇÕES.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/545/indicativo_188.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, QUE SEJA REALIZADO ESTUDO TÉCNICO PARA CRIAÇÃO DE UMA FARMÁCIA EM CADA UNIDADE BÁSICA DE SAÚDE (UBS) DO MUNICÍPIO, DESTINADA À DISTRIBUIÇÃO DE MEDICAMENTOS AOS PACIENTES HIPERTENSOS, DIABÉTICOS E DEMAIS USUÁRIOS DO SISTEMA ÚNICO DE SAÚDE (SUS).</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/546/indicativo_189.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NAS ENTRADAS E SAÍDAS DE TODOS OS DISTRITOS DO MUNICÍPIO, VISANDO O REFORÇO DA SEGURANÇA PÚBLICA, PREVENÇÃO DE CRIMES E MONITORAMENTO DE VIAS DE ACESSO.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/547/indicativo_190.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE ASSUNTOS PARA A JUVENTUDE, CULTURA, LAZER E TURISMO, WESLY SOUSA AMORIM, QUE SEJA ENCAMINHADO À CÂMARA MUNICIPAL PROJETO DE LEI VISANDO À CRIAÇÃO DA CASA DOS POETAS E DA ACADEMIA MUNICIPAL DOS POETAS, COM VISTAS À VALORIZAÇÃO E INCENTIVO À LITERATURA, À POESIA E ÀS EXPRESSÕES CULTURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Jenilton, Adriana Brito, Cezar Costa, Claudia Costa, Dercinho, Dr. Robson, Elionete, Manon, Nenzão do Batalhão, Valmir Junior</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/560/indicativo_191.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. ELMANO DE FREITAS - GOVERNADOR DO ESTADO DO CEARÁ E AO EXMO. SR. ROBERTO SÁ - SECRETÁRIO ESTADUAL DE SEGURANÇA PÚBLICA DO CEARÁ A ELEVAÇÃO DA ATUAL DELEGACIA MUNICIPAL DE POLICIA CIVIL DE CAMPOS SALES PARA DELEGACIA SECCIONAL, OU QUE A DELEGACIA MUNICIPAL, PASSE A FUNCIONAR EM REGIME PLANTÃO 24 HORAS.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/562/indicativo_192.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A NECESSIDADE DE ADOÇÃO DE MEDIDAS URGENTES PARA A AQUISIÇÃO DE UM APARELHO DE ULTRASSONOGRAFIA (ULTRASSOM) DESTINADO AO ATENDIMENTO DAS DEMANDAS DE EXAMES ABDOMINAIS QUE CHEGAM AO HOSPITAL MUNICIPAL, BEM COMO A DESTINAÇÃO DE UM ESPAÇO FÍSICO ADEQUADO E DISPONIBILIZAÇÃO DE MÉDICO HABILITADO PARA A REALIZAÇÃO DESSES EXAMES.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/563/indicativo_193.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE POLÍTICAS EDUCAÇÃO, HILDEFRAN ALENCAR J. RIBEIRO, A IMPLEMENTAÇÃO DO SERVIÇO DE INTERNET VIA SATÉLITE STARLINK EM TRÊS ÔNIBUS DESTINADOS AO TRANSPORTE UNIVERSITÁRIO DO MUNICÍPIO DE CAMPOS SALES, MEDIANTE A AQUISIÇÃO DOS KITS STARLINK PADRÃO (GERAÇÃO 3) E A CONTRATAÇÃO DO PLANO VIAGEM ILIMITADO, COM I VISTAS A GARANTIR CONECTIVIDADE CONTINUA DURANTE TODO O PERCURSO DAS ROTAS CRATO, JUAZEIRO DO NORTE E ARARIPINA/PE.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A CRIAÇÃO DO "PROGRAMA MUNICIPAL DE DISTRIBUIÇÃO DE FRALDAS GERIÁTRICAS", COM O OBJETIVO DE FORNECER GRATUITAMENTE FRALDAS PARA IDOSOS E PESSOAS COM DEFICIÊNCIA EM SITUAÇÃO DE VULNERABILIDADE SOCIAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, O REAJUSTE SALARIAL DOS AUXILIARES DE SERVIÇOS GERAIS DO MUNICÍPIO, EM ESPECIAL GARIS, VIGIAS E MERENDEIRAS, BEM COMO O PAGAMENTO DOS ADICIONAIS DE INSALUBRIDADE OU PERICULOSIDADE, QUANDO DEVIDAMENTE CABÍVEL, EM CONFORMIDADE COM A LEGISLAÇÃO VIGENTE.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/570/indicativo_196.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO A EXMA. SRA. SECRETÁRIA MUNICIPAL DE POLÍTICAS PARA SAÚDE, MORGANA KELLY BEZERRA FORTALEZA, A CONTRATAÇÃO DE UM PROFISSIONAL FISIOTERAPEUTA ESPECIALIZADO EM FISIOTERAPIA RESPIRATÓRIA E LASERTERAPIA, PARA ATUAÇÃO NO HOSPITAL MUNICIPAL DE CAMPOS SALES.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>197</t>
+  </si>
+  <si>
+    <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/573/indicativo_197.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, A CELEBRAÇÃO DE CONVÊNIO COM O INSTITUTO LILICA DE PROTEÇÃO ANIMAL, ASSOCIAÇÃO CIVIL DE DIREITO PRIVADO, SEM FINS LUCRATIVOS, INSCRITA NO CNPJ Nº 30.720.752/0001-98, COM SEDE NA RUA 7 DE SETEMBRO, Nº 69, MUNICÍPIO DE NOVA OLINDA – CE, CEP 63.165-000, DEDICADA À PROTEÇÃO, ACOLHIMENTO E CUIDADO DE ANIMAIS EM SITUAÇÃO.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO EXMO. SR. SECRETÁRIO MUNICIPAL DE RECURSOS HÍDRICOS, CÍCERO SIMÃO DE OLIVEIRA, A CRIAÇÃO DE UM PROGRAMA MUNICIPAL DE MONITORAMENTO DE CISTERNAS NA ZONA RURAL, COM VISTAS AO ACOMPANHAMENTO PERIÓDICO DAS CONDIÇÕES ESTRUTURAIS, DA CAPACIDADE DE ARMAZENAMENTO HÍDRICO E DA FUNCIONALIDADE DOS SISTEMAS DESTINADOS AO ABASTECIMENTO DAS FAMÍLIAS RESIDENTES NAS COMUNIDADES RURAIS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE CAMPOS SALES, MOÉSIO LOIOLA DE MELO, COM ENCAMINHAMENTO AO SECRETÁRIO MUNICIPAL DE POLÍTICAS PARA EDUCAÇÃO, HILDEFRAN ALENCAR JURUMENHA RIBEIRO, A NECESSIDADE DE SEREM ADOTADAS, EM CARÁTER DE URGÊNCIA, TODAS AS PROVIDÊNCIAS ADMINISTRATIVAS E FINANCEIRAS NECESSÁRIAS PARA VIABILIZAR O RATEIO DAS SOBRAS DOS RECURSOS DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA – FUNDEB, REFERENTES AO EXERCÍCIO DE 2025, CASO CONSTATADA A EXISTÊNCIA DE SALDO NÃO APLICADO NO PERCENTUAL MÍNIMO DE 70% DESTINADO À REMUNERAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA EM EFETIVO EXERCÍCIO.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>200</t>
   </si>
@@ -2642,50 +2888,56 @@
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA MATERNIDADE DO HOSPITAL MUNICIPAL DRA. EMÍLIA CASTELO BRANCO FORTALEZA, EM CAMPOS SALES, CEARÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>DENOMINA DE RAUL AQUINO RODRIGUES A QUADRA POLIESPORTIVA LOCALIZADA NO BAIRRO ALTO ALEGRE, NO MUNICÍPIO DE CAMPOS SALES – CEARÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>Nenzão do Batalhão</t>
   </si>
   <si>
     <t>DENOMINA DE PASSAGEM CHICO CÉSAR (FRANCISCO JOSÉ DE LIMA) A PASSAGEM MOLHADA LOCALIZADA NO SÍTIO CAIÇARA, NESTE MUNICÍPIO, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>DENOMINA A RUA PROJETADA 20, LOCALIZADA NO BAIRRO CONHECIDO COMO CHAPADA DO MARACUJÁ - MIRANTE, VIA DE ACESSO À PROPRIEDADE DO SENHOR ERIVANO VIANA DE LIMA E AO MONUMENTO DA SANTA, PASSANDO A DENOMINAR-SE RUA LUIZ RAIMUNDO RIBEIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>593</t>
+  </si>
+  <si>
+    <t>DENOMINA DE DR. AMADEU DE ARAÚJO ARRAIS A ESTRADA MUNICIPAL QUE INTERLIGA O DISTRITO DE BARÃO DE AQUIRAZ AO DISTRITO DE QUIXARIÚ, NO MUNICÍPIO DE CAMPOS SALES – CE, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>327</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
   <si>
     <t>CONTAS DE GOVERNO DO SR. JOÃO LUIZ LIMA SANTOS, EX-PREFEITO MUNICIPAL DE CAMPOS SALES, EXERCÍCIO DE 2021, PROCESSO Nº 08782/2022-3.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/164/requerimento_01_-_valmir_-_pagamento_dos_salarios.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES AO PODER EXECUTIVO ACERCA DA FORMA DE PAGAMENTO DOS_x000D_
 SALÁRIOS INADIMPLIDOS NO ANO DE 2024 DOS SERVIDORES MUNICIPAIS DE DIVERSASSECRETARIAS</t>
   </si>
   <si>
@@ -3764,50 +4016,71 @@
     <t>584</t>
   </si>
   <si>
     <t>REQUER, APÓS OUVIDO O PLENÁRIO, QUE SEJA ENCAMINHADO OFÍCIO AO EXCELENTÍSSIMO SENHOR PROMOTOR DE JUSTIÇA, DR. TADEU FURTADO DE OLIVEIRA ALVES, TITULAR DA PROMOTORIA DE JUSTIÇA DE CAMPOS SALES, SOLICITANDO QUE SEJA REALIZADA VISITA INSTITUCIONAL AO MATADOURO PÚBLICO MUNICIPAL, EM CONJUNTO COM A VIGILÂNCIA SANITÁRIA E DEMAIS ÓRGÃOS TÉCNICOS COMPETENTES, PARA FINS DE INSPEÇÃO, AVALIAÇÃO DAS CONDIÇÕES DE FUNCIONAMENTO E VERIFICAÇÃO DO CUMPRIMENTO DAS NORMAS SANITÁRIAS VIGENTES.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>REQUER, APÓS OUVIDO O PLENÁRIO, A EMISSÃO DE MOÇÃO DE RECONHECIMENTO, APLAUSOS E CONGRATULAÇÕES AOS ATLETAS KARATECAS REPRESENTANTES DO MUNICÍPIO DE CAMPOS SALES, PELA BRILHANTE PARTICIPAÇÃO NA FINAL DO CAMPEONATO CEARENSE DE KARATÊ, REALIZADA NA CIDADE DE FORTALEZA, GARANTINDO EXPRESSIVAS COLOCAÇÕES E DISPUTANDO VAGAS PARA COMPOR A SELEÇÃO CEARENSE DA MODALIDADE.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>REQUER, APÓS OUVIDO O PLENÁRIO, A EMISSÃO DE MOÇÃO DE RECONHECIMENTO, APLAUSOS E CONGRATULAÇÕES À DIRETORA DA ESCOLA DE ENSINO MÉDIO EM TEMPO INTEGRAL PROFESSORA MARIA DOLORES ARRAIS, PROFESSORA CÉLIA MARIA DUARTE, AO PROFESSOR ORIENTADOR HENRIQUE APARECIDO, BEM COMO A TODOS OS FUNCIONÁRIOS, EQUIPE PEDAGÓGICA E ESTUDANTES MEDALHISTAS, PELO NOTÁVEL DESEMPENHO ALCANÇADO NA OLIMPÍADA BRASILEIRA DE GEOPOLÍTICA (OBGP), EDIÇÃO 2025, OCASIÃO EM QUE A INSTITUIÇÃO CONQUISTOU 30 MEDALHAS, ELEVANDO DE FORMA EXEMPLAR O NOME DE CAMPOS SALES NOS CENÁRIOS ESTADUAL E NACIONAL.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>REQUER O ADIAMENTO DA DISCUSSÃO POR PEDIDO DE VISTAS, DO PROJETO DE RESOLUÇÃO N° 04/2025, CUJA EMENTA DISPÕE: "AUTORIZA, EXCEPCIONALMENTE, A ADOÇÃO DO SISTEMA DE DELIBERAÇÃO REMOTA AO ÂMBITO DA CÂMARA MUNICIPAL DE CAMPOS SALES/CE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>591</t>
+  </si>
+  <si>
+    <t>594</t>
+  </si>
+  <si>
+    <t>Dercinho, Cezar Costa, Dr. Neto, Elionete</t>
+  </si>
+  <si>
+    <t>REQUER, APÓS OUVIDO O PLENÁRIO, QUE SEJA DESIGNADA E CONVOCADA AUDIÊNCIA PÚBLICA NO ÂMBITO DESTA CASA LEGISLATIVA, DESTINADA A DEBATER A IMPLANTAÇÃO DE NOVOS CURSOS NO CAMPUS BÁRBARA PEREIRA DE ALENCAR DA UNIVERSIDADE REGIONAL DO CARIRI – URCA, SITUADO NO MUNICÍPIO DE CAMPOS SALES – CE, COM A AMPLA PARTICIPAÇÃO DA COMUNIDADE ACADÊMICA, DAS INSTITUIÇÕES DE ENSINO ESTADUAL, DAS GESTÕES MUNICIPAIS DA REGIÃO E DA SOCIEDADE CIVIL.</t>
+  </si>
+  <si>
+    <t>595</t>
+  </si>
+  <si>
+    <t>REQUER, APÓS OUVIDO O PLENÁRIO, A EMISSÃO DE  MOÇÃO DE CONGRATULAÇÕES AO SENHOR ALAN CAVALCANTE BELO - PERITO CRIMINAL E A SENHORA SYNTHYA THACYANA TAVARES MATIAS - AUXILIAR DE PERÍCIA, SERVIDORES DA PERÍCIA FORENSE DO ESTADO DO CEARÁ, PELA PARTICIPAÇÃO NA 39ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CAMPOS SALES, QUE NA OCASIÃO HOUVE O COMPROMISSO PARA IMPLEMENTAÇÃO DE UMA BASE DO RABECÃO NO MUNICÍPIO DE CAMPOS SALES</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>REQUER, APÓS OUVIDO O PLENÁRIO, A EMISSÃO DE MOÇÃO DE RECONHECIMENTO, APLAUSOS E CONGRATULAÇÕES AO MÉDICO DR. PAULO NEY MARTINS, EM VIRTUDE DA CELEBRAÇÃO DE 61 ANOS DE FORMATURA EM MEDICINA, DOS QUAIS 60 ANOS FORAM DEDICADOS AO EXERCÍCIO DA PROFISSÃO NO MUNICÍPIO DE CAMPOS SALES, SUA TERRA NATAL, MARCANDO UMA DAS TRAJETÓRIAS MAIS LONGAS, RESPEITADAS E HUMANIZADAS DA HISTÓRIA DA SAÚDE PÚBLICA E PRIVADA LOCAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4111,56 +4384,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/176/indicativo_01_-_valmir_-_estudo_de_viabilidade_-_banda_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/177/indicativo_02_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/234/indicativo_03_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/235/indicativo_04_-_elionete_-_patrolagem_e_picarramento_da_rota_esc.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/180/indicativo_05_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/181/indicativo_06_-_elionete_-_processo_seletivo_simplificado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/182/indicativo_07_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/183/indicativo_08_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/184/indicativo_09_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/185/indicativo_10_-_valmir_-_idenizacao_de_transporte_acs.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/186/indicativo_11_-_dercinho_-_ponto_de_apoio_em_saude__no_bairro_poco.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/187/indicativo_13_-_dr._neto_-_reajuste_salarial_do_cuidador.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/198/indicativo_13_-_dr._neto_-_reajuste_salarial_do_cuidador.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/201/indicativo_14_-_valmir_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/202/indicativo_15_-_elionete_-_agremiacoes_juninas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/203/indicativo_16_-_elionete.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/204/indicativo_17_-_manon_-_quebra-mola.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/205/indicativo_18_-_elionete_-_festival_de_violeiros.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/206/indicativo_19_-_elionete_-_festival_municipal_de_teatro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/207/indicativo_20_-_cezar_-_cobertura_posto_de_saude_de_carmelopolis.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/208/indicativo_21_-_cezar_-cobertura_da_escola_na_agrovila_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/209/indicativo_22_-_dr._neto_-_pavimentacao__da_rua_humberto_bezerra_-_guarani.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/210/indicativo_23_-_dr._neto_-pavimentacao__da_travessa_sao_miguel_e_rua_das_olarias_-_bairro_na_sra._aparecida.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/231/indicativo_24_-_valmir_-_gratificacao_de_deslocamento_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/232/indicativo_25_-_valmir_-_fornecimento_de_farda_e_equipamento_para_limpadores_urbanos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/225/indicativo_26_-_adriana_-_visita_domiciliaresdos_acs_regulares_e_periodicas_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/226/indicativo_27_-_elionete_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/227/indicativo_28_-_elionete_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/250/indicativo_29_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/251/indicativo_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/228/indicativo_31_-_dercinho_-_acudagem.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/229/indicativo_32_-_dercinho_-_terra_fertil.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/230/indicativo_33_-_dercinho_-_colheita_garantida.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/241/indicativo_34_-_adriana_-_limpeza_do_acudo_no_monte_castelo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/242/indicativo_35_-_adriana_-_unidade_de_saude_no_monte_castelo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/243/indicativo_36_-_elionete_-_reajuste_dsa_remuneracoes_dos_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/244/indicativo_37_-_dr._neto_-_deslocacao_de_aux._de_enfemagem_e_motoristas_da_saude.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/254/indicativo_38_-_valmir_-_reajuste_salarial_dos_profissionais_da_educacao_sec._escolar..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/255/indicativo_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/256/indicativo_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/257/indicativo_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/258/indicativo_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/259/indicativo_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/260/indicativo_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/266/indicativo_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/267/indicativo_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/268/indicativo_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/271/indicativo_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/272/indicativo_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/273/indicativo_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/274/indicativo_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/275/indicativo_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/277/indicativo_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/278/indicativo_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/279/indicativo_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/286/indicativo_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/287/indicativo_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/288/indicativo_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/289/indicativo_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/290/indicativo_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/291/indicativo_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/292/indicativo_62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/293/indicativo_63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/294/indicativo_64_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/295/indicativo_65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/298/indicativo_66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/304/indicativo_67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/309/indicativo_68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/310/indicativo_69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/311/indicativo_70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/312/indicativo_71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/313/indicativo_72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/314/indicativo_73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/315/indicativo_74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/322/indicativo_75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/323/indicativo_76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/324/indicativo_77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/325/indicativo_78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/326/indicativo_79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/331/indicativo_80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/332/indicativo_81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/333/indicativo_82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/334/indicativo_83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/335/indicativo_84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/337/indicativo_86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/338/indicativo_87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/339/indicativo_88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/340/indicativo_89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/357/indicativo_90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/358/indicativo_91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/367/indicativo_92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/368/indicativo_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/369/indicativo_94_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/370/indicativo_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/374/indicativo_96_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/376/indicativo_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/377/indicativo_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/378/indicativo_99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/379/indicativo_100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/380/indicativo_101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/382/indicativo_103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/383/indicativo_104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/394/indicativo_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/395/indicativo_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/396/indicativo_107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/398/indicativo_109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/399/indicativo_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/400/indicativo_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/401/indicativo_112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/402/indicativo_113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/164/requerimento_01_-_valmir_-_pagamento_dos_salarios.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_02_-_valmir_-_pagamendo_dos_fornecedores.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_03_-_elionete_-_continuidade_neja.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_04_-_elionete_-_areninha_do_poco_de_pedras.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_05_-_elionete_-_quadra_beach_tennis.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_06_-_elionete_-_verificacao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_07_-_elionete_-_informacoes_dos_ex-vereadores.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_08_-_elionete.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_09_-_elionete_-_sessoes_ordinarias_itinerantes.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/173/requerimento_10_-_eionete_et._al._-_relacao_de_servidores_na_secretaria_de_desporto.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_11_-_dr._neto_-_suspensao_de_contrato_com_lacad.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/175/requerimento_12_-_dr._neto_-_residuos_solidos_no_lixao.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/195/requerimento_13_-_valmir_-_mocao_de_pesar_de_marcia_maria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_14_-_valmir_-_mocao_de_congratulacao_maria_vieira.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_15_-_mocao_de_congratulacao_educacao.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_16_-_valmir_-_ceja_e_neja_em_campos_sales.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_17_-_elionete_-_enel.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_18_-_elionete_-_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_19_-_elionete_-_abertura_da_escola_tome_da_frota_para_associacao_de_pescadores.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_20_-_elionete.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_21_-_elionete.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/239/requerimento_22_-_elionete_-_fortpesca.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_23_-_elionete_-_maquinario_para_fazer_paes_no_sitio_tigre.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_24_-_valmir_-_mocao_de_pesar_luis_carao.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_25_-_dercinho_et._al._-_secretario_de_financas.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_26._-_cezar_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/236/requerimento_27_-_elionete_-_grama_sintetica_no_moraisao.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_28_-_elionete_-_quadra_de_esportes_no_acoci_e_monte_castelo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_29_-_elionete_-_iluminacao_da_estrada_da_confianca.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/269/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/276/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/308/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/352/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/371/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/176/indicativo_01_-_valmir_-_estudo_de_viabilidade_-_banda_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/177/indicativo_02_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/234/indicativo_03_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/235/indicativo_04_-_elionete_-_patrolagem_e_picarramento_da_rota_esc.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/180/indicativo_05_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/181/indicativo_06_-_elionete_-_processo_seletivo_simplificado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/182/indicativo_07_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/183/indicativo_08_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/184/indicativo_09_-_elionete_-_retirado_de_pauta_07-02-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/185/indicativo_10_-_valmir_-_idenizacao_de_transporte_acs.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/186/indicativo_11_-_dercinho_-_ponto_de_apoio_em_saude__no_bairro_poco.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/187/indicativo_13_-_dr._neto_-_reajuste_salarial_do_cuidador.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/198/indicativo_13_-_dr._neto_-_reajuste_salarial_do_cuidador.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/201/indicativo_14_-_valmir_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/202/indicativo_15_-_elionete_-_agremiacoes_juninas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/203/indicativo_16_-_elionete.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/204/indicativo_17_-_manon_-_quebra-mola.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/205/indicativo_18_-_elionete_-_festival_de_violeiros.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/206/indicativo_19_-_elionete_-_festival_municipal_de_teatro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/207/indicativo_20_-_cezar_-_cobertura_posto_de_saude_de_carmelopolis.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/208/indicativo_21_-_cezar_-cobertura_da_escola_na_agrovila_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/209/indicativo_22_-_dr._neto_-_pavimentacao__da_rua_humberto_bezerra_-_guarani.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/210/indicativo_23_-_dr._neto_-pavimentacao__da_travessa_sao_miguel_e_rua_das_olarias_-_bairro_na_sra._aparecida.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/231/indicativo_24_-_valmir_-_gratificacao_de_deslocamento_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/232/indicativo_25_-_valmir_-_fornecimento_de_farda_e_equipamento_para_limpadores_urbanos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/225/indicativo_26_-_adriana_-_visita_domiciliaresdos_acs_regulares_e_periodicas_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/226/indicativo_27_-_elionete_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/227/indicativo_28_-_elionete_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/250/indicativo_29_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/251/indicativo_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/228/indicativo_31_-_dercinho_-_acudagem.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/229/indicativo_32_-_dercinho_-_terra_fertil.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/230/indicativo_33_-_dercinho_-_colheita_garantida.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/241/indicativo_34_-_adriana_-_limpeza_do_acudo_no_monte_castelo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/242/indicativo_35_-_adriana_-_unidade_de_saude_no_monte_castelo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/243/indicativo_36_-_elionete_-_reajuste_dsa_remuneracoes_dos_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/244/indicativo_37_-_dr._neto_-_deslocacao_de_aux._de_enfemagem_e_motoristas_da_saude.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/254/indicativo_38_-_valmir_-_reajuste_salarial_dos_profissionais_da_educacao_sec._escolar..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/255/indicativo_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/256/indicativo_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/257/indicativo_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/258/indicativo_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/259/indicativo_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/260/indicativo_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/266/indicativo_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/267/indicativo_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/268/indicativo_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/271/indicativo_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/272/indicativo_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/273/indicativo_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/274/indicativo_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/275/indicativo_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/277/indicativo_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/278/indicativo_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/279/indicativo_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/286/indicativo_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/287/indicativo_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/288/indicativo_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/289/indicativo_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/290/indicativo_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/291/indicativo_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/292/indicativo_62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/293/indicativo_63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/294/indicativo_64_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/295/indicativo_65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/298/indicativo_66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/304/indicativo_67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/309/indicativo_68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/310/indicativo_69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/311/indicativo_70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/312/indicativo_71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/313/indicativo_72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/314/indicativo_73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/315/indicativo_74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/322/indicativo_75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/323/indicativo_76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/324/indicativo_77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/325/indicativo_78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/326/indicativo_79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/331/indicativo_80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/332/indicativo_81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/333/indicativo_82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/334/indicativo_83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/335/indicativo_84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/337/indicativo_86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/338/indicativo_87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/339/indicativo_88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/340/indicativo_89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/357/indicativo_90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/358/indicativo_91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/367/indicativo_92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/368/indicativo_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/369/indicativo_94_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/370/indicativo_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/374/indicativo_96_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/376/indicativo_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/377/indicativo_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/378/indicativo_99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/379/indicativo_100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/380/indicativo_101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/381/indicativo_102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/382/indicativo_103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/383/indicativo_104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/394/indicativo_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/395/indicativo_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/396/indicativo_107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/397/indicativo_108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/398/indicativo_109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/399/indicativo_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/400/indicativo_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/401/indicativo_112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/402/indicativo_113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/408/indicativo_114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/409/indicativo_115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/410/indicativo_117.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/411/indicativo_117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/412/indicativo_118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/413/indicativo_119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/414/indicativo_120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/415/indicativo_121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/418/indicativo_122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/419/indicativo_124.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/420/indicativo_124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/421/indicativo_125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/422/indicativo_126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/423/indicativo_127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/424/indicativo_128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/425/indicativo_129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/426/indicativo_130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/427/indicativo_131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/428/indicativo_132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/429/indicativo_133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/430/indicativo_134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/444/indicativo_135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/439/indicativo_136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/445/indicativo_137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/451/indicativo_138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/446/indicativo_139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/447/indicativo_140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/448/indicativo_141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/452/indicativo_142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/453/indicativo_143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/454/indicativo_144.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/455/indicativo_145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/460/indicativo_146.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/463/indicativo_147.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/464/indicativo_148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/465/indicativo_149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/466/indicativo_150.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/467/indicativo_151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/468/indicativo_152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/469/indicativo_153.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/470/indicativo_154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/476/indicativo_155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/477/indicativo_156.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/478/indicativo_157.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/479/indicativo_158.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/480/indicativo_159.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/482/indicativo_161.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/487/indicativo_162.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/488/indicativo_163.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/493/indicativo_164.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/494/indicativo_165.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/495/indicativo_166.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/496/indicativo_167.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/497/indicativo_168.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/502/indicativo_169.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/503/indicativo_170.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/508/indicativo_171.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/509/indicativo_172.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/510/indicativo_173.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/511/indicativo_174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/512/indicativo_175.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/513/indicativo_176.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/514/indicativo_177.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/515/indicativo_178.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/525/indicativo_179.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/526/indicativo_180.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/527/indicativo_181.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/529/indicativo_183.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/530/indicativo_184.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/542/indicativo_185.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/543/indicativo_186.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/544/indicativo_187.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/545/indicativo_188.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/546/indicativo_189.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/547/indicativo_190.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/560/indicativo_191.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/562/indicativo_192.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/563/indicativo_193.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/570/indicativo_196.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/573/indicativo_197.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/164/requerimento_01_-_valmir_-_pagamento_dos_salarios.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_02_-_valmir_-_pagamendo_dos_fornecedores.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_03_-_elionete_-_continuidade_neja.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_04_-_elionete_-_areninha_do_poco_de_pedras.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_05_-_elionete_-_quadra_beach_tennis.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_06_-_elionete_-_verificacao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_07_-_elionete_-_informacoes_dos_ex-vereadores.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_08_-_elionete.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_09_-_elionete_-_sessoes_ordinarias_itinerantes.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/173/requerimento_10_-_eionete_et._al._-_relacao_de_servidores_na_secretaria_de_desporto.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_11_-_dr._neto_-_suspensao_de_contrato_com_lacad.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/175/requerimento_12_-_dr._neto_-_residuos_solidos_no_lixao.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/195/requerimento_13_-_valmir_-_mocao_de_pesar_de_marcia_maria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_14_-_valmir_-_mocao_de_congratulacao_maria_vieira.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_15_-_mocao_de_congratulacao_educacao.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_16_-_valmir_-_ceja_e_neja_em_campos_sales.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_17_-_elionete_-_enel.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_18_-_elionete_-_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_19_-_elionete_-_abertura_da_escola_tome_da_frota_para_associacao_de_pescadores.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_20_-_elionete.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_21_-_elionete.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/239/requerimento_22_-_elionete_-_fortpesca.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_23_-_elionete_-_maquinario_para_fazer_paes_no_sitio_tigre.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_24_-_valmir_-_mocao_de_pesar_luis_carao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_25_-_dercinho_et._al._-_secretario_de_financas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_26._-_cezar_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/236/requerimento_27_-_elionete_-_grama_sintetica_no_moraisao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_28_-_elionete_-_quadra_de_esportes_no_acoci_e_monte_castelo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_29_-_elionete_-_iluminacao_da_estrada_da_confianca.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/269/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/276/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/308/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/352/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/371/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campossales.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H419"/>
+  <dimension ref="A1:H423"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="119.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="179.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -6801,8249 +7074,8353 @@
       </c>
       <c r="H102" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>424</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>425</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
         <v>18</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>358</v>
+        <v>426</v>
       </c>
       <c r="H103" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H104" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H105" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
         <v>18</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H106" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
         <v>18</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H107" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
         <v>18</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H108" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
         <v>18</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>358</v>
+        <v>450</v>
       </c>
       <c r="H109" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
         <v>18</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="H110" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
         <v>18</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="H111" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="H112" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="H113" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
         <v>119</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H114" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
         <v>18</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>358</v>
+        <v>474</v>
       </c>
       <c r="H115" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
         <v>18</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>358</v>
+        <v>478</v>
       </c>
       <c r="H116" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
         <v>18</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>358</v>
+        <v>482</v>
       </c>
       <c r="H117" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
         <v>18</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>358</v>
+        <v>486</v>
       </c>
       <c r="H118" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
         <v>18</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>358</v>
+        <v>490</v>
       </c>
       <c r="H119" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
         <v>18</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>358</v>
+        <v>494</v>
       </c>
       <c r="H120" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
         <v>18</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>358</v>
+        <v>498</v>
       </c>
       <c r="H121" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
         <v>18</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>358</v>
+        <v>502</v>
       </c>
       <c r="H122" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
         <v>225</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>358</v>
+        <v>506</v>
       </c>
       <c r="H123" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
         <v>225</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>358</v>
+        <v>510</v>
       </c>
       <c r="H124" t="s">
-        <v>499</v>
+        <v>511</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>500</v>
+        <v>512</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>501</v>
+        <v>513</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
         <v>225</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>358</v>
+        <v>514</v>
       </c>
       <c r="H125" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>503</v>
+        <v>516</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
         <v>225</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>358</v>
+        <v>518</v>
       </c>
       <c r="H126" t="s">
-        <v>505</v>
+        <v>519</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>506</v>
+        <v>520</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>507</v>
+        <v>521</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
         <v>225</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>358</v>
+        <v>522</v>
       </c>
       <c r="H127" t="s">
-        <v>508</v>
+        <v>523</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>510</v>
+        <v>525</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
         <v>18</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>358</v>
+        <v>526</v>
       </c>
       <c r="H128" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>513</v>
+        <v>529</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
         <v>18</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>358</v>
+        <v>530</v>
       </c>
       <c r="H129" t="s">
-        <v>514</v>
+        <v>531</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>515</v>
+        <v>532</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
         <v>18</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>358</v>
+        <v>534</v>
       </c>
       <c r="H130" t="s">
-        <v>517</v>
+        <v>535</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>518</v>
+        <v>536</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>519</v>
+        <v>537</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
         <v>18</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>358</v>
+        <v>538</v>
       </c>
       <c r="H131" t="s">
-        <v>520</v>
+        <v>539</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>521</v>
+        <v>540</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>522</v>
+        <v>541</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
         <v>18</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>358</v>
+        <v>542</v>
       </c>
       <c r="H132" t="s">
-        <v>523</v>
+        <v>543</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>524</v>
+        <v>544</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>525</v>
+        <v>545</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
         <v>18</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>358</v>
+        <v>546</v>
       </c>
       <c r="H133" t="s">
-        <v>526</v>
+        <v>547</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>527</v>
+        <v>548</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>528</v>
+        <v>549</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
         <v>81</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>358</v>
+        <v>550</v>
       </c>
       <c r="H134" t="s">
-        <v>529</v>
+        <v>551</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>530</v>
+        <v>552</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>531</v>
+        <v>553</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
         <v>119</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>358</v>
+        <v>554</v>
       </c>
       <c r="H135" t="s">
-        <v>532</v>
+        <v>555</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>533</v>
+        <v>556</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>534</v>
+        <v>557</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
         <v>18</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>358</v>
+        <v>558</v>
       </c>
       <c r="H136" t="s">
-        <v>535</v>
+        <v>559</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>536</v>
+        <v>560</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>537</v>
+        <v>561</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
         <v>81</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>358</v>
+        <v>562</v>
       </c>
       <c r="H137" t="s">
-        <v>538</v>
+        <v>563</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>539</v>
+        <v>564</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>540</v>
+        <v>565</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>358</v>
+        <v>566</v>
       </c>
       <c r="H138" t="s">
-        <v>541</v>
+        <v>567</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>542</v>
+        <v>568</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>543</v>
+        <v>569</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
         <v>51</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>358</v>
+        <v>570</v>
       </c>
       <c r="H139" t="s">
-        <v>544</v>
+        <v>571</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>545</v>
+        <v>572</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>546</v>
+        <v>573</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>358</v>
+        <v>574</v>
       </c>
       <c r="H140" t="s">
-        <v>547</v>
+        <v>575</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>548</v>
+        <v>576</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>549</v>
+        <v>577</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
         <v>225</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>358</v>
+        <v>578</v>
       </c>
       <c r="H141" t="s">
-        <v>550</v>
+        <v>579</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>551</v>
+        <v>580</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>552</v>
+        <v>581</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
         <v>94</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>358</v>
+        <v>582</v>
       </c>
       <c r="H142" t="s">
-        <v>553</v>
+        <v>583</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>554</v>
+        <v>584</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>555</v>
+        <v>585</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
         <v>18</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>358</v>
+        <v>586</v>
       </c>
       <c r="H143" t="s">
-        <v>556</v>
+        <v>587</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>557</v>
+        <v>588</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>558</v>
+        <v>589</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
         <v>18</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>358</v>
+        <v>590</v>
       </c>
       <c r="H144" t="s">
-        <v>559</v>
+        <v>591</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>560</v>
+        <v>592</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>561</v>
+        <v>593</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
         <v>18</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>358</v>
+        <v>594</v>
       </c>
       <c r="H145" t="s">
-        <v>562</v>
+        <v>595</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>563</v>
+        <v>596</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>564</v>
+        <v>597</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
         <v>81</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>358</v>
+        <v>598</v>
       </c>
       <c r="H146" t="s">
-        <v>565</v>
+        <v>599</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>566</v>
+        <v>600</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>567</v>
+        <v>601</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
         <v>225</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>358</v>
+        <v>602</v>
       </c>
       <c r="H147" t="s">
-        <v>568</v>
+        <v>603</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>569</v>
+        <v>604</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>570</v>
+        <v>605</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
         <v>18</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>358</v>
+        <v>606</v>
       </c>
       <c r="H148" t="s">
-        <v>571</v>
+        <v>607</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>572</v>
+        <v>608</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>573</v>
+        <v>609</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
         <v>18</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>358</v>
+        <v>610</v>
       </c>
       <c r="H149" t="s">
-        <v>574</v>
+        <v>611</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>575</v>
+        <v>612</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>576</v>
+        <v>613</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
         <v>18</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>358</v>
+        <v>614</v>
       </c>
       <c r="H150" t="s">
-        <v>577</v>
+        <v>615</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>578</v>
+        <v>616</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>579</v>
+        <v>617</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
         <v>18</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>358</v>
+        <v>618</v>
       </c>
       <c r="H151" t="s">
-        <v>580</v>
+        <v>619</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>581</v>
+        <v>620</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>582</v>
+        <v>621</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
         <v>18</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>358</v>
+        <v>622</v>
       </c>
       <c r="H152" t="s">
-        <v>583</v>
+        <v>623</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>584</v>
+        <v>624</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>585</v>
+        <v>625</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
         <v>18</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>358</v>
+        <v>626</v>
       </c>
       <c r="H153" t="s">
-        <v>586</v>
+        <v>627</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>587</v>
+        <v>628</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>588</v>
+        <v>629</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
         <v>18</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>358</v>
+        <v>630</v>
       </c>
       <c r="H154" t="s">
-        <v>589</v>
+        <v>631</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>590</v>
+        <v>632</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>591</v>
+        <v>633</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
         <v>51</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>358</v>
+        <v>634</v>
       </c>
       <c r="H155" t="s">
-        <v>592</v>
+        <v>635</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>593</v>
+        <v>636</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>594</v>
+        <v>637</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
         <v>18</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>358</v>
+        <v>638</v>
       </c>
       <c r="H156" t="s">
-        <v>595</v>
+        <v>639</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>596</v>
+        <v>640</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>597</v>
+        <v>641</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
         <v>18</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>358</v>
+        <v>642</v>
       </c>
       <c r="H157" t="s">
-        <v>598</v>
+        <v>643</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>599</v>
+        <v>644</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>600</v>
+        <v>645</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
         <v>18</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>358</v>
+        <v>646</v>
       </c>
       <c r="H158" t="s">
-        <v>601</v>
+        <v>647</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>602</v>
+        <v>648</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>603</v>
+        <v>649</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
         <v>18</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>358</v>
+        <v>650</v>
       </c>
       <c r="H159" t="s">
-        <v>604</v>
+        <v>651</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>605</v>
+        <v>652</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>606</v>
+        <v>653</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
         <v>18</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>358</v>
+        <v>654</v>
       </c>
       <c r="H160" t="s">
-        <v>607</v>
+        <v>655</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>608</v>
+        <v>656</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>609</v>
+        <v>657</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
         <v>225</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H161" t="s">
-        <v>610</v>
+        <v>658</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>611</v>
+        <v>659</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>612</v>
+        <v>660</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
         <v>225</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>358</v>
+        <v>661</v>
       </c>
       <c r="H162" t="s">
-        <v>613</v>
+        <v>662</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>614</v>
+        <v>663</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>615</v>
+        <v>664</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
         <v>94</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>358</v>
+        <v>665</v>
       </c>
       <c r="H163" t="s">
-        <v>616</v>
+        <v>666</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>617</v>
+        <v>667</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>618</v>
+        <v>668</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
         <v>18</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>358</v>
+        <v>669</v>
       </c>
       <c r="H164" t="s">
-        <v>619</v>
+        <v>670</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>620</v>
+        <v>671</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>621</v>
+        <v>672</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
         <v>18</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>358</v>
+        <v>673</v>
       </c>
       <c r="H165" t="s">
-        <v>622</v>
+        <v>674</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>623</v>
+        <v>675</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>624</v>
+        <v>676</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
         <v>18</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>358</v>
+        <v>677</v>
       </c>
       <c r="H166" t="s">
-        <v>625</v>
+        <v>678</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>626</v>
+        <v>679</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>627</v>
+        <v>680</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
         <v>18</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>358</v>
+        <v>681</v>
       </c>
       <c r="H167" t="s">
-        <v>628</v>
+        <v>682</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>629</v>
+        <v>683</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>630</v>
+        <v>684</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
         <v>18</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>358</v>
+        <v>685</v>
       </c>
       <c r="H168" t="s">
-        <v>631</v>
+        <v>686</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>632</v>
+        <v>687</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>633</v>
+        <v>688</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
         <v>18</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>358</v>
+        <v>689</v>
       </c>
       <c r="H169" t="s">
-        <v>634</v>
+        <v>690</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>635</v>
+        <v>691</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>636</v>
+        <v>692</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>358</v>
+        <v>693</v>
       </c>
       <c r="H170" t="s">
-        <v>637</v>
+        <v>694</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>638</v>
+        <v>695</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>639</v>
+        <v>696</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>358</v>
+        <v>697</v>
       </c>
       <c r="H171" t="s">
-        <v>640</v>
+        <v>698</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>641</v>
+        <v>699</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>642</v>
+        <v>700</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172" t="s">
         <v>94</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>358</v>
+        <v>701</v>
       </c>
       <c r="H172" t="s">
-        <v>643</v>
+        <v>702</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>644</v>
+        <v>703</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>645</v>
+        <v>704</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
         <v>18</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>358</v>
+        <v>705</v>
       </c>
       <c r="H173" t="s">
-        <v>646</v>
+        <v>706</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>647</v>
+        <v>707</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>648</v>
+        <v>708</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
         <v>18</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>358</v>
+        <v>709</v>
       </c>
       <c r="H174" t="s">
-        <v>649</v>
+        <v>710</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>650</v>
+        <v>711</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>651</v>
+        <v>712</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
         <v>18</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>358</v>
+        <v>713</v>
       </c>
       <c r="H175" t="s">
-        <v>652</v>
+        <v>714</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>653</v>
+        <v>715</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>654</v>
+        <v>716</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="F176" t="s">
         <v>18</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>358</v>
+        <v>717</v>
       </c>
       <c r="H176" t="s">
-        <v>655</v>
+        <v>718</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>656</v>
+        <v>719</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>8</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="F177" t="s">
         <v>18</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>358</v>
+        <v>720</v>
       </c>
       <c r="H177" t="s">
-        <v>657</v>
+        <v>721</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>658</v>
+        <v>722</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>16</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
         <v>18</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>358</v>
+        <v>723</v>
       </c>
       <c r="H178" t="s">
-        <v>659</v>
+        <v>724</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>660</v>
+        <v>725</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>661</v>
+        <v>726</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
         <v>51</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>358</v>
+        <v>727</v>
       </c>
       <c r="H179" t="s">
-        <v>662</v>
+        <v>728</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>663</v>
+        <v>729</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>664</v>
+        <v>730</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
         <v>18</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>358</v>
+        <v>731</v>
       </c>
       <c r="H180" t="s">
-        <v>665</v>
+        <v>732</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>666</v>
+        <v>733</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>29</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
         <v>18</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>358</v>
+        <v>734</v>
       </c>
       <c r="H181" t="s">
-        <v>667</v>
+        <v>735</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>668</v>
+        <v>736</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>33</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
         <v>18</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>358</v>
+        <v>737</v>
       </c>
       <c r="H182" t="s">
-        <v>669</v>
+        <v>738</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>670</v>
+        <v>739</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>37</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
         <v>18</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H183" t="s">
-        <v>671</v>
+        <v>740</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>672</v>
+        <v>741</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>41</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
         <v>13</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>358</v>
+        <v>742</v>
       </c>
       <c r="H184" t="s">
-        <v>673</v>
+        <v>743</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>674</v>
+        <v>744</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>45</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>358</v>
+        <v>745</v>
       </c>
       <c r="H185" t="s">
-        <v>675</v>
+        <v>746</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>676</v>
+        <v>747</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>49</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
         <v>18</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>358</v>
+        <v>748</v>
       </c>
       <c r="H186" t="s">
-        <v>677</v>
+        <v>749</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>678</v>
+        <v>750</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>54</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
         <v>18</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>358</v>
+        <v>751</v>
       </c>
       <c r="H187" t="s">
-        <v>679</v>
+        <v>752</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>680</v>
+        <v>753</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>58</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188" t="s">
         <v>18</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>358</v>
+        <v>754</v>
       </c>
       <c r="H188" t="s">
-        <v>681</v>
+        <v>755</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>682</v>
+        <v>756</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>683</v>
+        <v>757</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
         <v>18</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>358</v>
+        <v>758</v>
       </c>
       <c r="H189" t="s">
-        <v>684</v>
+        <v>759</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>685</v>
+        <v>760</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>686</v>
+        <v>761</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
         <v>18</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>358</v>
+        <v>762</v>
       </c>
       <c r="H190" t="s">
-        <v>687</v>
+        <v>763</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>688</v>
+        <v>764</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>689</v>
+        <v>765</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191" t="s">
         <v>18</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>358</v>
+        <v>766</v>
       </c>
       <c r="H191" t="s">
-        <v>690</v>
+        <v>767</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>691</v>
+        <v>768</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>692</v>
+        <v>769</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>693</v>
+        <v>770</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>358</v>
+        <v>771</v>
       </c>
       <c r="H192" t="s">
-        <v>694</v>
+        <v>772</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>695</v>
+        <v>773</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>696</v>
+        <v>774</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
         <v>18</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>358</v>
+        <v>775</v>
       </c>
       <c r="H193" t="s">
-        <v>697</v>
+        <v>776</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>698</v>
+        <v>777</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>699</v>
+        <v>778</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
         <v>94</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>358</v>
+        <v>779</v>
       </c>
       <c r="H194" t="s">
-        <v>700</v>
+        <v>780</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>701</v>
+        <v>781</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>702</v>
+        <v>782</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
         <v>18</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H195" t="s">
-        <v>703</v>
+        <v>783</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>704</v>
+        <v>784</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>705</v>
+        <v>785</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="F196" t="s">
         <v>18</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H196" t="s">
-        <v>706</v>
+        <v>786</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>707</v>
+        <v>787</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>708</v>
+        <v>788</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>358</v>
+        <v>789</v>
       </c>
       <c r="H197" t="s">
-        <v>709</v>
+        <v>790</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>710</v>
+        <v>791</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>711</v>
+        <v>792</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
         <v>51</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>358</v>
+        <v>793</v>
       </c>
       <c r="H198" t="s">
-        <v>712</v>
+        <v>794</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>713</v>
+        <v>795</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>63</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199" t="s">
         <v>18</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H199" t="s">
-        <v>714</v>
+        <v>796</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>715</v>
+        <v>797</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>716</v>
+        <v>798</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200" t="s">
         <v>18</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H200" t="s">
-        <v>717</v>
+        <v>799</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>718</v>
+        <v>800</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>719</v>
+        <v>801</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201" t="s">
         <v>94</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H201" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>67</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H202" t="s">
-        <v>722</v>
+        <v>804</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>723</v>
+        <v>805</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>71</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
         <v>12</v>
       </c>
       <c r="F203" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H203" t="s">
-        <v>724</v>
+        <v>806</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>725</v>
+        <v>807</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>75</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H204" t="s">
-        <v>726</v>
+        <v>808</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>606</v>
+        <v>653</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>10</v>
       </c>
       <c r="D205" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E205" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F205" t="s">
-        <v>729</v>
+        <v>811</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H205" t="s">
-        <v>730</v>
+        <v>812</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>731</v>
+        <v>813</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>17</v>
       </c>
       <c r="D206" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E206" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H206" t="s">
-        <v>732</v>
+        <v>814</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>733</v>
+        <v>815</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>22</v>
       </c>
       <c r="D207" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E207" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F207" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H207" t="s">
-        <v>735</v>
+        <v>817</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>736</v>
+        <v>818</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>34</v>
       </c>
       <c r="D208" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E208" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F208" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H208" t="s">
-        <v>737</v>
+        <v>819</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>738</v>
+        <v>820</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>38</v>
       </c>
       <c r="D209" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E209" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F209" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H209" t="s">
-        <v>739</v>
+        <v>821</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>740</v>
+        <v>822</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>42</v>
       </c>
       <c r="D210" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E210" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F210" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H210" t="s">
-        <v>741</v>
+        <v>823</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>742</v>
+        <v>824</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>46</v>
       </c>
       <c r="D211" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E211" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F211" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H211" t="s">
-        <v>743</v>
+        <v>825</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>744</v>
+        <v>826</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>50</v>
       </c>
       <c r="D212" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E212" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F212" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H212" t="s">
-        <v>745</v>
+        <v>827</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>746</v>
+        <v>828</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>55</v>
       </c>
       <c r="D213" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E213" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F213" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H213" t="s">
-        <v>747</v>
+        <v>829</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>748</v>
+        <v>830</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>59</v>
       </c>
       <c r="D214" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E214" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F214" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H214" t="s">
-        <v>749</v>
+        <v>831</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>750</v>
+        <v>832</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>64</v>
       </c>
       <c r="D215" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E215" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F215" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H215" t="s">
-        <v>751</v>
+        <v>833</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>752</v>
+        <v>834</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>68</v>
       </c>
       <c r="D216" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E216" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F216" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H216" t="s">
-        <v>753</v>
+        <v>835</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>754</v>
+        <v>836</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>72</v>
       </c>
       <c r="D217" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E217" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F217" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H217" t="s">
-        <v>755</v>
+        <v>837</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>756</v>
+        <v>838</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>76</v>
       </c>
       <c r="D218" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E218" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F218" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H218" t="s">
-        <v>757</v>
+        <v>839</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>758</v>
+        <v>840</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>80</v>
       </c>
       <c r="D219" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E219" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F219" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H219" t="s">
-        <v>759</v>
+        <v>841</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>760</v>
+        <v>842</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>85</v>
       </c>
       <c r="D220" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E220" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F220" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H220" t="s">
-        <v>761</v>
+        <v>843</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>762</v>
+        <v>844</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>89</v>
       </c>
       <c r="D221" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E221" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F221" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H221" t="s">
-        <v>763</v>
+        <v>845</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>764</v>
+        <v>846</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>93</v>
       </c>
       <c r="D222" t="s">
-        <v>727</v>
+        <v>809</v>
       </c>
       <c r="E222" t="s">
-        <v>728</v>
+        <v>810</v>
       </c>
       <c r="F222" t="s">
-        <v>734</v>
+        <v>816</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H222" t="s">
-        <v>765</v>
+        <v>847</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>766</v>
+        <v>848</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>10</v>
       </c>
       <c r="D223" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E223" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F223" t="s">
         <v>13</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H223" t="s">
-        <v>769</v>
+        <v>851</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>770</v>
+        <v>852</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>17</v>
       </c>
       <c r="D224" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E224" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F224" t="s">
         <v>13</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H224" t="s">
-        <v>771</v>
+        <v>853</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>772</v>
+        <v>854</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>22</v>
       </c>
       <c r="D225" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E225" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F225" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H225" t="s">
-        <v>773</v>
+        <v>855</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>774</v>
+        <v>856</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>26</v>
       </c>
       <c r="D226" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E226" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F226" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H226" t="s">
-        <v>775</v>
+        <v>857</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>776</v>
+        <v>858</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>30</v>
       </c>
       <c r="D227" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E227" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F227" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H227" t="s">
-        <v>777</v>
+        <v>859</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>778</v>
+        <v>860</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>34</v>
       </c>
       <c r="D228" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E228" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F228" t="s">
         <v>18</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H228" t="s">
-        <v>779</v>
+        <v>861</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>780</v>
+        <v>862</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>38</v>
       </c>
       <c r="D229" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E229" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F229" t="s">
         <v>18</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H229" t="s">
-        <v>781</v>
+        <v>863</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>782</v>
+        <v>864</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>42</v>
       </c>
       <c r="D230" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E230" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F230" t="s">
         <v>18</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H230" t="s">
-        <v>783</v>
+        <v>865</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>784</v>
+        <v>866</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>46</v>
       </c>
       <c r="D231" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E231" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F231" t="s">
         <v>18</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H231" t="s">
-        <v>785</v>
+        <v>867</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>786</v>
+        <v>868</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>50</v>
       </c>
       <c r="D232" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E232" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F232" t="s">
         <v>18</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H232" t="s">
-        <v>787</v>
+        <v>869</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>788</v>
+        <v>870</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>55</v>
       </c>
       <c r="D233" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E233" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F233" t="s">
         <v>94</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H233" t="s">
-        <v>789</v>
+        <v>871</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>790</v>
+        <v>872</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>59</v>
       </c>
       <c r="D234" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E234" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F234" t="s">
         <v>18</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H234" t="s">
-        <v>791</v>
+        <v>873</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>792</v>
+        <v>874</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>64</v>
       </c>
       <c r="D235" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E235" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F235" t="s">
-        <v>793</v>
+        <v>875</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H235" t="s">
-        <v>794</v>
+        <v>876</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>795</v>
+        <v>877</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>68</v>
       </c>
       <c r="D236" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E236" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F236" t="s">
         <v>81</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H236" t="s">
-        <v>796</v>
+        <v>878</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>797</v>
+        <v>879</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>72</v>
       </c>
       <c r="D237" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E237" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F237" t="s">
         <v>81</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H237" t="s">
-        <v>798</v>
+        <v>880</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>799</v>
+        <v>881</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>76</v>
       </c>
       <c r="D238" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E238" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F238" t="s">
         <v>13</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H238" t="s">
-        <v>800</v>
+        <v>882</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>801</v>
+        <v>883</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>80</v>
       </c>
       <c r="D239" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E239" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F239" t="s">
         <v>51</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H239" t="s">
-        <v>802</v>
+        <v>884</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>803</v>
+        <v>885</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>85</v>
       </c>
       <c r="D240" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E240" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F240" t="s">
         <v>225</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H240" t="s">
-        <v>804</v>
+        <v>886</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>805</v>
+        <v>887</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>89</v>
       </c>
       <c r="D241" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E241" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F241" t="s">
         <v>18</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H241" t="s">
-        <v>806</v>
+        <v>888</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>807</v>
+        <v>889</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>93</v>
       </c>
       <c r="D242" t="s">
-        <v>767</v>
+        <v>849</v>
       </c>
       <c r="E242" t="s">
-        <v>768</v>
+        <v>850</v>
       </c>
       <c r="F242" t="s">
-        <v>793</v>
+        <v>875</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H242" t="s">
-        <v>808</v>
+        <v>890</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>809</v>
+        <v>891</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>10</v>
       </c>
       <c r="D243" t="s">
-        <v>810</v>
+        <v>892</v>
       </c>
       <c r="E243" t="s">
-        <v>811</v>
+        <v>893</v>
       </c>
       <c r="F243" t="s">
-        <v>812</v>
+        <v>894</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>813</v>
+        <v>895</v>
       </c>
       <c r="H243" t="s">
-        <v>814</v>
+        <v>896</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>815</v>
+        <v>897</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>17</v>
       </c>
       <c r="D244" t="s">
-        <v>810</v>
+        <v>892</v>
       </c>
       <c r="E244" t="s">
-        <v>811</v>
+        <v>893</v>
       </c>
       <c r="F244" t="s">
-        <v>816</v>
+        <v>898</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H244" t="s">
-        <v>817</v>
+        <v>899</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>818</v>
+        <v>900</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>22</v>
       </c>
       <c r="D245" t="s">
-        <v>810</v>
+        <v>892</v>
       </c>
       <c r="E245" t="s">
-        <v>811</v>
+        <v>893</v>
       </c>
       <c r="F245" t="s">
-        <v>816</v>
+        <v>898</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H245" t="s">
-        <v>819</v>
+        <v>901</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>820</v>
+        <v>902</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>26</v>
       </c>
       <c r="D246" t="s">
-        <v>810</v>
+        <v>892</v>
       </c>
       <c r="E246" t="s">
-        <v>811</v>
+        <v>893</v>
       </c>
       <c r="F246" t="s">
-        <v>821</v>
+        <v>903</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H246" t="s">
-        <v>822</v>
+        <v>904</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>823</v>
+        <v>905</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>30</v>
       </c>
       <c r="D247" t="s">
-        <v>810</v>
+        <v>892</v>
       </c>
       <c r="E247" t="s">
-        <v>811</v>
+        <v>893</v>
       </c>
       <c r="F247" t="s">
         <v>94</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H247" t="s">
-        <v>824</v>
+        <v>906</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>825</v>
+        <v>907</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>10</v>
       </c>
       <c r="D248" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E248" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F248" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H248" t="s">
-        <v>828</v>
+        <v>910</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>683</v>
+        <v>757</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>17</v>
       </c>
       <c r="D249" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E249" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F249" t="s">
         <v>18</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H249" t="s">
-        <v>829</v>
+        <v>911</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>686</v>
+        <v>761</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>22</v>
       </c>
       <c r="D250" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E250" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F250" t="s">
         <v>18</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H250" t="s">
-        <v>830</v>
+        <v>912</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>689</v>
+        <v>765</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>26</v>
       </c>
       <c r="D251" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E251" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F251" t="s">
         <v>18</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H251" t="s">
-        <v>831</v>
+        <v>913</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>692</v>
+        <v>769</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>30</v>
       </c>
       <c r="D252" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E252" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F252" t="s">
         <v>18</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H252" t="s">
-        <v>832</v>
+        <v>914</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>696</v>
+        <v>774</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>34</v>
       </c>
       <c r="D253" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E253" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F253" t="s">
         <v>18</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H253" t="s">
-        <v>833</v>
+        <v>915</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>699</v>
+        <v>778</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>38</v>
       </c>
       <c r="D254" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E254" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F254" t="s">
         <v>18</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H254" t="s">
-        <v>834</v>
+        <v>916</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>702</v>
+        <v>782</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>42</v>
       </c>
       <c r="D255" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E255" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F255" t="s">
         <v>18</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H255" t="s">
-        <v>835</v>
+        <v>917</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>836</v>
+        <v>918</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>46</v>
       </c>
       <c r="D256" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E256" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F256" t="s">
         <v>13</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H256" t="s">
-        <v>837</v>
+        <v>919</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>838</v>
+        <v>920</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>50</v>
       </c>
       <c r="D257" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E257" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F257" t="s">
         <v>18</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H257" t="s">
-        <v>839</v>
+        <v>921</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>618</v>
+        <v>668</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>55</v>
       </c>
       <c r="D258" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E258" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F258" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H258" t="s">
-        <v>840</v>
+        <v>922</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>841</v>
+        <v>923</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>59</v>
       </c>
       <c r="D259" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E259" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F259" t="s">
-        <v>842</v>
+        <v>924</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H259" t="s">
-        <v>843</v>
+        <v>925</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>844</v>
+        <v>926</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>64</v>
       </c>
       <c r="D260" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E260" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F260" t="s">
         <v>51</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H260" t="s">
-        <v>845</v>
+        <v>927</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>846</v>
+        <v>928</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>68</v>
       </c>
       <c r="D261" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E261" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F261" t="s">
         <v>119</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H261" t="s">
-        <v>847</v>
+        <v>929</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>848</v>
+        <v>930</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>72</v>
       </c>
       <c r="D262" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E262" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F262" t="s">
-        <v>849</v>
+        <v>931</v>
       </c>
       <c r="G262" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H262" t="s">
-        <v>850</v>
+        <v>932</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>851</v>
+        <v>933</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>76</v>
       </c>
       <c r="D263" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E263" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F263" t="s">
-        <v>852</v>
+        <v>934</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H263" t="s">
-        <v>853</v>
+        <v>935</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>854</v>
+        <v>936</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>80</v>
       </c>
       <c r="D264" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E264" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F264" t="s">
         <v>225</v>
       </c>
       <c r="G264" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H264" t="s">
-        <v>855</v>
+        <v>937</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>856</v>
+        <v>938</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>85</v>
       </c>
       <c r="D265" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E265" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F265" t="s">
         <v>18</v>
       </c>
       <c r="G265" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H265" t="s">
-        <v>857</v>
+        <v>939</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>858</v>
+        <v>940</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>89</v>
       </c>
       <c r="D266" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E266" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F266" t="s">
         <v>225</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H266" t="s">
-        <v>859</v>
+        <v>941</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>860</v>
+        <v>942</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>93</v>
       </c>
       <c r="D267" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E267" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F267" t="s">
         <v>18</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H267" t="s">
-        <v>861</v>
+        <v>943</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>862</v>
+        <v>944</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>98</v>
       </c>
       <c r="D268" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E268" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F268" t="s">
-        <v>863</v>
+        <v>945</v>
       </c>
       <c r="G268" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H268" t="s">
-        <v>864</v>
+        <v>946</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>865</v>
+        <v>947</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>102</v>
       </c>
       <c r="D269" t="s">
-        <v>826</v>
+        <v>908</v>
       </c>
       <c r="E269" t="s">
-        <v>827</v>
+        <v>909</v>
       </c>
       <c r="F269" t="s">
         <v>196</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H269" t="s">
-        <v>866</v>
+        <v>948</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>867</v>
+        <v>949</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>10</v>
+        <v>106</v>
       </c>
       <c r="D270" t="s">
-        <v>868</v>
+        <v>908</v>
       </c>
       <c r="E270" t="s">
-        <v>869</v>
+        <v>909</v>
+      </c>
+      <c r="F270" t="s">
+        <v>875</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H270" t="s">
-        <v>870</v>
+        <v>950</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>621</v>
+        <v>951</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>10</v>
       </c>
       <c r="D271" t="s">
-        <v>871</v>
+        <v>952</v>
       </c>
       <c r="E271" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>953</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>873</v>
+        <v>358</v>
       </c>
       <c r="H271" t="s">
-        <v>874</v>
+        <v>954</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>624</v>
+        <v>672</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D272" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E272" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F272" t="s">
         <v>13</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>875</v>
+        <v>957</v>
       </c>
       <c r="H272" t="s">
-        <v>876</v>
+        <v>958</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>627</v>
+        <v>676</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D273" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E273" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F273" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>877</v>
+        <v>959</v>
       </c>
       <c r="H273" t="s">
-        <v>878</v>
+        <v>960</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>630</v>
+        <v>680</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D274" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E274" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F274" t="s">
         <v>18</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>879</v>
+        <v>961</v>
       </c>
       <c r="H274" t="s">
-        <v>880</v>
+        <v>962</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>633</v>
+        <v>684</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D275" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E275" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F275" t="s">
         <v>18</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>881</v>
+        <v>963</v>
       </c>
       <c r="H275" t="s">
-        <v>882</v>
+        <v>964</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>636</v>
+        <v>688</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D276" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E276" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F276" t="s">
         <v>18</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>883</v>
+        <v>965</v>
       </c>
       <c r="H276" t="s">
-        <v>884</v>
+        <v>966</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>639</v>
+        <v>692</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D277" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E277" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F277" t="s">
         <v>18</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>885</v>
+        <v>967</v>
       </c>
       <c r="H277" t="s">
-        <v>886</v>
+        <v>968</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>642</v>
+        <v>696</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D278" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E278" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F278" t="s">
         <v>18</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>887</v>
+        <v>969</v>
       </c>
       <c r="H278" t="s">
-        <v>888</v>
+        <v>970</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>645</v>
+        <v>700</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D279" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E279" t="s">
-        <v>872</v>
+        <v>956</v>
+      </c>
+      <c r="F279" t="s">
+        <v>18</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>889</v>
+        <v>971</v>
       </c>
       <c r="H279" t="s">
-        <v>890</v>
+        <v>972</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>648</v>
+        <v>704</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D280" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E280" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>891</v>
+        <v>973</v>
       </c>
       <c r="H280" t="s">
-        <v>892</v>
+        <v>974</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>651</v>
+        <v>708</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D281" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E281" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>956</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>893</v>
+        <v>975</v>
       </c>
       <c r="H281" t="s">
-        <v>894</v>
+        <v>976</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>654</v>
+        <v>712</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D282" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E282" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F282" t="s">
         <v>60</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>895</v>
+        <v>977</v>
       </c>
       <c r="H282" t="s">
-        <v>896</v>
+        <v>978</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>705</v>
+        <v>716</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D283" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E283" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F283" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>897</v>
+        <v>979</v>
       </c>
       <c r="H283" t="s">
-        <v>898</v>
+        <v>980</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>708</v>
+        <v>785</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D284" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E284" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F284" t="s">
         <v>13</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>899</v>
+        <v>981</v>
       </c>
       <c r="H284" t="s">
-        <v>900</v>
+        <v>982</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>711</v>
+        <v>788</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D285" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E285" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F285" t="s">
         <v>13</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>901</v>
+        <v>983</v>
       </c>
       <c r="H285" t="s">
-        <v>902</v>
+        <v>984</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>903</v>
+        <v>792</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D286" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E286" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F286" t="s">
         <v>13</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>904</v>
+        <v>985</v>
       </c>
       <c r="H286" t="s">
-        <v>905</v>
+        <v>986</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>906</v>
+        <v>987</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D287" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E287" t="s">
-        <v>872</v>
+        <v>956</v>
+      </c>
+      <c r="F287" t="s">
+        <v>13</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>907</v>
+        <v>988</v>
       </c>
       <c r="H287" t="s">
-        <v>908</v>
+        <v>989</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>909</v>
+        <v>990</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="D288" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E288" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>956</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>910</v>
+        <v>991</v>
       </c>
       <c r="H288" t="s">
-        <v>911</v>
+        <v>992</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>912</v>
+        <v>993</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D289" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E289" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F289" t="s">
         <v>18</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>913</v>
+        <v>994</v>
       </c>
       <c r="H289" t="s">
-        <v>914</v>
+        <v>995</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>915</v>
+        <v>996</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D290" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E290" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F290" t="s">
         <v>18</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>916</v>
+        <v>997</v>
       </c>
       <c r="H290" t="s">
-        <v>917</v>
+        <v>998</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>918</v>
+        <v>999</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="D291" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E291" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F291" t="s">
         <v>18</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>919</v>
+        <v>1000</v>
       </c>
       <c r="H291" t="s">
-        <v>920</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>921</v>
+        <v>1002</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D292" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E292" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F292" t="s">
         <v>18</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>922</v>
+        <v>1003</v>
       </c>
       <c r="H292" t="s">
-        <v>923</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>924</v>
+        <v>1005</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D293" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E293" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F293" t="s">
         <v>18</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>925</v>
+        <v>1006</v>
       </c>
       <c r="H293" t="s">
-        <v>926</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>927</v>
+        <v>1008</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D294" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E294" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F294" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>928</v>
+        <v>1009</v>
       </c>
       <c r="H294" t="s">
-        <v>929</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>930</v>
+        <v>1011</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D295" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E295" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F295" t="s">
-        <v>931</v>
+        <v>13</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>932</v>
+        <v>1012</v>
       </c>
       <c r="H295" t="s">
-        <v>933</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>934</v>
+        <v>1014</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D296" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E296" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F296" t="s">
-        <v>94</v>
+        <v>1015</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>935</v>
+        <v>1016</v>
       </c>
       <c r="H296" t="s">
-        <v>936</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>937</v>
+        <v>1018</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D297" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E297" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F297" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>938</v>
+        <v>1019</v>
       </c>
       <c r="H297" t="s">
-        <v>939</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>940</v>
+        <v>1021</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D298" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E298" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F298" t="s">
         <v>18</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>941</v>
+        <v>1022</v>
       </c>
       <c r="H298" t="s">
-        <v>942</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>943</v>
+        <v>1024</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D299" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E299" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F299" t="s">
         <v>18</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>944</v>
+        <v>1025</v>
       </c>
       <c r="H299" t="s">
-        <v>945</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>946</v>
+        <v>1027</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D300" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E300" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F300" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>947</v>
+        <v>1028</v>
       </c>
       <c r="H300" t="s">
-        <v>948</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>949</v>
+        <v>1030</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D301" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E301" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F301" t="s">
-        <v>793</v>
+        <v>13</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>950</v>
+        <v>1031</v>
       </c>
       <c r="H301" t="s">
-        <v>951</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>952</v>
+        <v>1033</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D302" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E302" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F302" t="s">
-        <v>13</v>
+        <v>875</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>953</v>
+        <v>1034</v>
       </c>
       <c r="H302" t="s">
-        <v>954</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>143</v>
+      </c>
+      <c r="D303" t="s">
         <v>955</v>
       </c>
-      <c r="B303" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E303" t="s">
-        <v>872</v>
+        <v>956</v>
+      </c>
+      <c r="F303" t="s">
+        <v>13</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>956</v>
+        <v>1037</v>
       </c>
       <c r="H303" t="s">
-        <v>957</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>958</v>
+        <v>1039</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D304" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E304" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>956</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>959</v>
+        <v>1040</v>
       </c>
       <c r="H304" t="s">
-        <v>960</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>961</v>
+        <v>1042</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D305" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E305" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F305" t="s">
-        <v>962</v>
+        <v>196</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>963</v>
+        <v>1043</v>
       </c>
       <c r="H305" t="s">
-        <v>964</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>965</v>
+        <v>1045</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D306" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E306" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F306" t="s">
-        <v>94</v>
+        <v>1046</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>966</v>
+        <v>1047</v>
       </c>
       <c r="H306" t="s">
-        <v>967</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>968</v>
+        <v>1049</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D307" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E307" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F307" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>969</v>
+        <v>1050</v>
       </c>
       <c r="H307" t="s">
-        <v>970</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>971</v>
+        <v>1052</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D308" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E308" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F308" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>972</v>
+        <v>1053</v>
       </c>
       <c r="H308" t="s">
-        <v>973</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>974</v>
+        <v>1055</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D309" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E309" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F309" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>975</v>
+        <v>1056</v>
       </c>
       <c r="H309" t="s">
-        <v>976</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>977</v>
+        <v>1058</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D310" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E310" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F310" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>978</v>
+        <v>1059</v>
       </c>
       <c r="H310" t="s">
-        <v>979</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>980</v>
+        <v>1061</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D311" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E311" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F311" t="s">
-        <v>196</v>
+        <v>60</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>981</v>
+        <v>1062</v>
       </c>
       <c r="H311" t="s">
-        <v>982</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>983</v>
+        <v>1064</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D312" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E312" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F312" t="s">
-        <v>842</v>
+        <v>196</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>984</v>
+        <v>1065</v>
       </c>
       <c r="H312" t="s">
-        <v>985</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>986</v>
+        <v>1067</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D313" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E313" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F313" t="s">
-        <v>13</v>
+        <v>924</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>987</v>
+        <v>1068</v>
       </c>
       <c r="H313" t="s">
-        <v>988</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>989</v>
+        <v>1070</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D314" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E314" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F314" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>990</v>
+        <v>1071</v>
       </c>
       <c r="H314" t="s">
-        <v>991</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>992</v>
+        <v>1073</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D315" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E315" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F315" t="s">
-        <v>196</v>
+        <v>51</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>993</v>
+        <v>1074</v>
       </c>
       <c r="H315" t="s">
-        <v>994</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>995</v>
+        <v>1076</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="D316" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E316" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F316" t="s">
         <v>196</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>996</v>
+        <v>1077</v>
       </c>
       <c r="H316" t="s">
-        <v>997</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>998</v>
+        <v>1079</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D317" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E317" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F317" t="s">
-        <v>94</v>
+        <v>196</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>999</v>
+        <v>1080</v>
       </c>
       <c r="H317" t="s">
-        <v>1000</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1001</v>
+        <v>1082</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D318" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E318" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F318" t="s">
         <v>94</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1002</v>
+        <v>1083</v>
       </c>
       <c r="H318" t="s">
-        <v>1003</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1004</v>
+        <v>1085</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D319" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E319" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F319" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1005</v>
+        <v>1086</v>
       </c>
       <c r="H319" t="s">
-        <v>1006</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1007</v>
+        <v>1088</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D320" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E320" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F320" t="s">
         <v>18</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1008</v>
+        <v>1089</v>
       </c>
       <c r="H320" t="s">
-        <v>1009</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1010</v>
+        <v>1091</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D321" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E321" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F321" t="s">
         <v>18</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1011</v>
+        <v>1092</v>
       </c>
       <c r="H321" t="s">
-        <v>1012</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1013</v>
+        <v>1094</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D322" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E322" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F322" t="s">
         <v>18</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1014</v>
+        <v>1095</v>
       </c>
       <c r="H322" t="s">
-        <v>1015</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1016</v>
+        <v>1097</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D323" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E323" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F323" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1017</v>
+        <v>1098</v>
       </c>
       <c r="H323" t="s">
-        <v>1018</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1019</v>
+        <v>1100</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D324" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E324" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F324" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1020</v>
+        <v>1101</v>
       </c>
       <c r="H324" t="s">
-        <v>1021</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1022</v>
+        <v>1103</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D325" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E325" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F325" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1023</v>
+        <v>1104</v>
       </c>
       <c r="H325" t="s">
-        <v>1024</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1025</v>
+        <v>1106</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D326" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E326" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F326" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1026</v>
+        <v>1107</v>
       </c>
       <c r="H326" t="s">
-        <v>1027</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1028</v>
+        <v>1109</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D327" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E327" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F327" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1029</v>
+        <v>1110</v>
       </c>
       <c r="H327" t="s">
-        <v>1030</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1031</v>
+        <v>1112</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D328" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E328" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F328" t="s">
-        <v>1032</v>
+        <v>60</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1033</v>
+        <v>1113</v>
       </c>
       <c r="H328" t="s">
-        <v>1034</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1035</v>
+        <v>1115</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D329" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E329" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F329" t="s">
-        <v>18</v>
+        <v>1116</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1036</v>
+        <v>1117</v>
       </c>
       <c r="H329" t="s">
-        <v>1037</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1038</v>
+        <v>1119</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D330" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E330" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F330" t="s">
-        <v>1039</v>
+        <v>18</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1040</v>
+        <v>1120</v>
       </c>
       <c r="H330" t="s">
-        <v>1041</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1042</v>
+        <v>1122</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D331" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E331" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F331" t="s">
-        <v>60</v>
+        <v>1123</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1043</v>
+        <v>1124</v>
       </c>
       <c r="H331" t="s">
-        <v>1044</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1045</v>
+        <v>1126</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D332" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E332" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F332" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1046</v>
+        <v>1127</v>
       </c>
       <c r="H332" t="s">
-        <v>1047</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1048</v>
+        <v>1129</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D333" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E333" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F333" t="s">
         <v>18</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1049</v>
+        <v>1130</v>
       </c>
       <c r="H333" t="s">
-        <v>1050</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1051</v>
+        <v>1132</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D334" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E334" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F334" t="s">
-        <v>1052</v>
+        <v>18</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1053</v>
+        <v>1133</v>
       </c>
       <c r="H334" t="s">
-        <v>1054</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1055</v>
+        <v>1135</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D335" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E335" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F335" t="s">
-        <v>51</v>
+        <v>1136</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1056</v>
+        <v>1137</v>
       </c>
       <c r="H335" t="s">
-        <v>1057</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1058</v>
+        <v>1139</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="D336" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E336" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F336" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1059</v>
+        <v>1140</v>
       </c>
       <c r="H336" t="s">
-        <v>1060</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1061</v>
+        <v>1142</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D337" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E337" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F337" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1062</v>
+        <v>1143</v>
       </c>
       <c r="H337" t="s">
-        <v>1063</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1064</v>
+        <v>1145</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="D338" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E338" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F338" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1065</v>
+        <v>1146</v>
       </c>
       <c r="H338" t="s">
-        <v>1066</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1067</v>
+        <v>1148</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="D339" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E339" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F339" t="s">
         <v>18</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1068</v>
+        <v>1149</v>
       </c>
       <c r="H339" t="s">
-        <v>1069</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1070</v>
+        <v>1151</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="D340" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E340" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F340" t="s">
-        <v>1071</v>
+        <v>18</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1072</v>
+        <v>1152</v>
       </c>
       <c r="H340" t="s">
-        <v>1073</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1074</v>
+        <v>1154</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D341" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E341" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F341" t="s">
-        <v>1071</v>
+        <v>1155</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>358</v>
+        <v>1156</v>
       </c>
       <c r="H341" t="s">
-        <v>1075</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1076</v>
+        <v>1158</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D342" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E342" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F342" t="s">
-        <v>18</v>
+        <v>1155</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H342" t="s">
-        <v>1077</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1078</v>
+        <v>1160</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="D343" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E343" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F343" t="s">
         <v>18</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H343" t="s">
-        <v>1079</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1080</v>
+        <v>1162</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D344" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E344" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F344" t="s">
         <v>18</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1081</v>
+        <v>358</v>
       </c>
       <c r="H344" t="s">
-        <v>1082</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1083</v>
+        <v>1164</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D345" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E345" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F345" t="s">
-        <v>863</v>
+        <v>18</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1084</v>
+        <v>1165</v>
       </c>
       <c r="H345" t="s">
-        <v>1085</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1086</v>
+        <v>1167</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="D346" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E346" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F346" t="s">
-        <v>13</v>
+        <v>945</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1087</v>
+        <v>1168</v>
       </c>
       <c r="H346" t="s">
-        <v>1088</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1089</v>
+        <v>1170</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="D347" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E347" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F347" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>358</v>
+        <v>1171</v>
       </c>
       <c r="H347" t="s">
-        <v>1090</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1091</v>
+        <v>1173</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D348" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E348" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F348" t="s">
         <v>18</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H348" t="s">
-        <v>1092</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1093</v>
+        <v>1175</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="D349" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E349" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F349" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H349" t="s">
-        <v>1094</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1095</v>
+        <v>1177</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D350" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E350" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F350" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G350" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H350" t="s">
-        <v>1096</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1097</v>
+        <v>1179</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="D351" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E351" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F351" t="s">
         <v>18</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H351" t="s">
-        <v>1098</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1099</v>
+        <v>1181</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="D352" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E352" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F352" t="s">
         <v>18</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H352" t="s">
-        <v>1100</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1101</v>
+        <v>1183</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="D353" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E353" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F353" t="s">
         <v>18</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H353" t="s">
-        <v>1102</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1103</v>
+        <v>1185</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="D354" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E354" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F354" t="s">
-        <v>793</v>
+        <v>18</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H354" t="s">
-        <v>1104</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1105</v>
+        <v>1187</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="D355" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E355" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F355" t="s">
-        <v>793</v>
+        <v>875</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H355" t="s">
-        <v>1106</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1107</v>
+        <v>1189</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="D356" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E356" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F356" t="s">
-        <v>18</v>
+        <v>875</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H356" t="s">
-        <v>1108</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1109</v>
+        <v>1191</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D357" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E357" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F357" t="s">
-        <v>225</v>
+        <v>18</v>
       </c>
       <c r="G357" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H357" t="s">
-        <v>1110</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1111</v>
+        <v>1193</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D358" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E358" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F358" t="s">
-        <v>94</v>
+        <v>225</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H358" t="s">
-        <v>1112</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1113</v>
+        <v>1195</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D359" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E359" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F359" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H359" t="s">
-        <v>1114</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1115</v>
+        <v>1197</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D360" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E360" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F360" t="s">
         <v>18</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H360" t="s">
-        <v>1116</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1117</v>
+        <v>1199</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D361" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E361" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F361" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H361" t="s">
-        <v>1118</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1119</v>
+        <v>1201</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D362" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E362" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F362" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H362" t="s">
-        <v>1120</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1121</v>
+        <v>1203</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="D363" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E363" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F363" t="s">
         <v>18</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H363" t="s">
-        <v>1122</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1123</v>
+        <v>1205</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="D364" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E364" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F364" t="s">
         <v>18</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H364" t="s">
-        <v>1124</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1125</v>
+        <v>1207</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="D365" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E365" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F365" t="s">
-        <v>1126</v>
+        <v>18</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H365" t="s">
-        <v>1127</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1128</v>
+        <v>1209</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="D366" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E366" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F366" t="s">
-        <v>18</v>
+        <v>1210</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H366" t="s">
-        <v>1129</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1130</v>
+        <v>1212</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D367" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E367" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F367" t="s">
         <v>18</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H367" t="s">
-        <v>1116</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1131</v>
+        <v>1214</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="D368" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E368" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F368" t="s">
         <v>18</v>
       </c>
       <c r="G368" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H368" t="s">
-        <v>1132</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1133</v>
+        <v>1215</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D369" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E369" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F369" t="s">
         <v>18</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H369" t="s">
-        <v>1134</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1135</v>
+        <v>1217</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D370" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E370" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F370" t="s">
-        <v>793</v>
+        <v>18</v>
       </c>
       <c r="G370" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H370" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D371" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E371" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F371" t="s">
-        <v>51</v>
+        <v>875</v>
       </c>
       <c r="G371" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H371" t="s">
-        <v>1138</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1139</v>
+        <v>1221</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D372" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E372" t="s">
-        <v>872</v>
+        <v>956</v>
+      </c>
+      <c r="F372" t="s">
+        <v>51</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H372" t="s">
-        <v>1140</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1141</v>
+        <v>1223</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="D373" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E373" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>956</v>
       </c>
       <c r="G373" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H373" t="s">
-        <v>1142</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1143</v>
+        <v>1225</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D374" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E374" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F374" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G374" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H374" t="s">
-        <v>1144</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1145</v>
+        <v>1227</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D375" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E375" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F375" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H375" t="s">
-        <v>1146</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1147</v>
+        <v>1229</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="D376" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E376" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F376" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H376" t="s">
-        <v>1148</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1149</v>
+        <v>1231</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="D377" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E377" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F377" t="s">
-        <v>1150</v>
+        <v>18</v>
       </c>
       <c r="G377" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H377" t="s">
-        <v>1151</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1152</v>
+        <v>1233</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="D378" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E378" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F378" t="s">
-        <v>18</v>
+        <v>1234</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H378" t="s">
-        <v>1153</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1154</v>
+        <v>1236</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="D379" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E379" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F379" t="s">
         <v>18</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H379" t="s">
-        <v>1155</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1156</v>
+        <v>1238</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D380" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E380" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F380" t="s">
         <v>18</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H380" t="s">
-        <v>1157</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1158</v>
+        <v>1240</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="D381" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E381" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F381" t="s">
         <v>18</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H381" t="s">
-        <v>1159</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1160</v>
+        <v>1242</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="D382" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E382" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F382" t="s">
-        <v>196</v>
+        <v>18</v>
       </c>
       <c r="G382" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H382" t="s">
-        <v>1161</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1162</v>
+        <v>1244</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="D383" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E383" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F383" t="s">
-        <v>13</v>
+        <v>196</v>
       </c>
       <c r="G383" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H383" t="s">
-        <v>1163</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1164</v>
+        <v>1246</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="D384" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E384" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F384" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G384" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H384" t="s">
-        <v>1165</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1166</v>
+        <v>1248</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>477</v>
       </c>
       <c r="D385" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E385" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F385" t="s">
-        <v>1150</v>
+        <v>18</v>
       </c>
       <c r="G385" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H385" t="s">
-        <v>1167</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1168</v>
+        <v>1250</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D386" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E386" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F386" t="s">
-        <v>18</v>
+        <v>1234</v>
       </c>
       <c r="G386" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H386" t="s">
-        <v>1169</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1170</v>
+        <v>1252</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D387" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E387" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F387" t="s">
         <v>18</v>
       </c>
       <c r="G387" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H387" t="s">
-        <v>1171</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1172</v>
+        <v>1254</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="D388" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E388" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F388" t="s">
         <v>18</v>
       </c>
       <c r="G388" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H388" t="s">
-        <v>1173</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1174</v>
+        <v>1256</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="D389" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E389" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F389" t="s">
         <v>18</v>
       </c>
       <c r="G389" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H389" t="s">
-        <v>1175</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1176</v>
+        <v>1258</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="D390" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E390" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F390" t="s">
         <v>18</v>
       </c>
       <c r="G390" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H390" t="s">
-        <v>1177</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1178</v>
+        <v>1260</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="D391" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E391" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F391" t="s">
         <v>18</v>
       </c>
       <c r="G391" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H391" t="s">
-        <v>1179</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1180</v>
+        <v>1262</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="D392" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E392" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F392" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H392" t="s">
-        <v>1181</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1182</v>
+        <v>1264</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="D393" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E393" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F393" t="s">
         <v>13</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H393" t="s">
-        <v>1183</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1184</v>
+        <v>1266</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="D394" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E394" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F394" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H394" t="s">
-        <v>1185</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1186</v>
+        <v>1268</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="D395" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E395" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F395" t="s">
         <v>18</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H395" t="s">
-        <v>1187</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1188</v>
+        <v>1270</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>510</v>
+        <v>521</v>
       </c>
       <c r="D396" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E396" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F396" t="s">
         <v>18</v>
       </c>
       <c r="G396" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H396" t="s">
-        <v>1189</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1190</v>
+        <v>1272</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>513</v>
+        <v>525</v>
       </c>
       <c r="D397" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E397" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F397" t="s">
         <v>18</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H397" t="s">
-        <v>1191</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1192</v>
+        <v>1274</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>516</v>
+        <v>529</v>
       </c>
       <c r="D398" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E398" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F398" t="s">
         <v>18</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H398" t="s">
-        <v>1193</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1194</v>
+        <v>1276</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
       <c r="D399" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E399" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F399" t="s">
         <v>18</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H399" t="s">
-        <v>1195</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1196</v>
+        <v>1278</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>522</v>
+        <v>537</v>
       </c>
       <c r="D400" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E400" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F400" t="s">
         <v>18</v>
       </c>
       <c r="G400" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H400" t="s">
-        <v>1197</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1198</v>
+        <v>1280</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="D401" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E401" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F401" t="s">
         <v>18</v>
       </c>
       <c r="G401" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H401" t="s">
-        <v>1199</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1200</v>
+        <v>1282</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>528</v>
+        <v>545</v>
       </c>
       <c r="D402" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E402" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F402" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H402" t="s">
-        <v>1201</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1202</v>
+        <v>1284</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>531</v>
+        <v>549</v>
       </c>
       <c r="D403" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E403" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F403" t="s">
-        <v>1203</v>
+        <v>13</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H403" t="s">
-        <v>1204</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1205</v>
+        <v>1286</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="D404" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E404" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F404" t="s">
-        <v>13</v>
+        <v>1287</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H404" t="s">
-        <v>1206</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1207</v>
+        <v>1289</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>537</v>
+        <v>557</v>
       </c>
       <c r="D405" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E405" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F405" t="s">
         <v>13</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H405" t="s">
-        <v>1208</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1209</v>
+        <v>1291</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>540</v>
+        <v>561</v>
       </c>
       <c r="D406" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E406" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F406" t="s">
         <v>13</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H406" t="s">
-        <v>1210</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1211</v>
+        <v>1293</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>543</v>
+        <v>565</v>
       </c>
       <c r="D407" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E407" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F407" t="s">
-        <v>1212</v>
+        <v>13</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H407" t="s">
-        <v>1213</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1214</v>
+        <v>1295</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>546</v>
+        <v>569</v>
       </c>
       <c r="D408" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E408" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F408" t="s">
-        <v>13</v>
+        <v>1296</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H408" t="s">
-        <v>1215</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1216</v>
+        <v>1298</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>549</v>
+        <v>573</v>
       </c>
       <c r="D409" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E409" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F409" t="s">
-        <v>1203</v>
+        <v>13</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H409" t="s">
-        <v>1217</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1218</v>
+        <v>1300</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>552</v>
+        <v>577</v>
       </c>
       <c r="D410" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E410" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F410" t="s">
-        <v>18</v>
+        <v>1287</v>
       </c>
       <c r="G410" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H410" t="s">
-        <v>1219</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1220</v>
+        <v>1302</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>555</v>
+        <v>581</v>
       </c>
       <c r="D411" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E411" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F411" t="s">
         <v>18</v>
       </c>
       <c r="G411" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H411" t="s">
-        <v>1221</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1222</v>
+        <v>1304</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>558</v>
+        <v>585</v>
       </c>
       <c r="D412" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E412" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F412" t="s">
         <v>18</v>
       </c>
       <c r="G412" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H412" t="s">
-        <v>1223</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1224</v>
+        <v>1306</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>561</v>
+        <v>589</v>
       </c>
       <c r="D413" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E413" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F413" t="s">
         <v>18</v>
       </c>
       <c r="G413" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H413" t="s">
-        <v>1225</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1226</v>
+        <v>1308</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>564</v>
+        <v>593</v>
       </c>
       <c r="D414" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E414" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F414" t="s">
         <v>18</v>
       </c>
       <c r="G414" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H414" t="s">
-        <v>1227</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1228</v>
+        <v>1310</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>567</v>
+        <v>597</v>
       </c>
       <c r="D415" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E415" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F415" t="s">
         <v>18</v>
       </c>
       <c r="G415" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H415" t="s">
-        <v>1229</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1230</v>
+        <v>1312</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>570</v>
+        <v>601</v>
       </c>
       <c r="D416" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E416" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F416" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G416" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H416" t="s">
-        <v>1231</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1232</v>
+        <v>1314</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>573</v>
+        <v>605</v>
       </c>
       <c r="D417" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E417" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F417" t="s">
         <v>13</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H417" t="s">
-        <v>1233</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1234</v>
+        <v>1316</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>576</v>
+        <v>609</v>
       </c>
       <c r="D418" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E418" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F418" t="s">
         <v>13</v>
       </c>
       <c r="G418" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H418" t="s">
-        <v>1235</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1236</v>
+        <v>1318</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>579</v>
+        <v>613</v>
       </c>
       <c r="D419" t="s">
-        <v>871</v>
+        <v>955</v>
       </c>
       <c r="E419" t="s">
-        <v>872</v>
+        <v>956</v>
       </c>
       <c r="F419" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="G419" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H419" t="s">
-        <v>1235</v>
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>617</v>
+      </c>
+      <c r="D420" t="s">
+        <v>955</v>
+      </c>
+      <c r="E420" t="s">
+        <v>956</v>
+      </c>
+      <c r="F420" t="s">
+        <v>81</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>621</v>
+      </c>
+      <c r="D421" t="s">
+        <v>955</v>
+      </c>
+      <c r="E421" t="s">
+        <v>956</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>625</v>
+      </c>
+      <c r="D422" t="s">
+        <v>955</v>
+      </c>
+      <c r="E422" t="s">
+        <v>956</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>629</v>
+      </c>
+      <c r="D423" t="s">
+        <v>955</v>
+      </c>
+      <c r="E423" t="s">
+        <v>956</v>
+      </c>
+      <c r="F423" t="s">
+        <v>13</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1327</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15422,50 +15799,54 @@
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
     <hyperlink ref="G406" r:id="rId405"/>
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
     <hyperlink ref="G409" r:id="rId408"/>
     <hyperlink ref="G410" r:id="rId409"/>
     <hyperlink ref="G411" r:id="rId410"/>
     <hyperlink ref="G412" r:id="rId411"/>
     <hyperlink ref="G413" r:id="rId412"/>
     <hyperlink ref="G414" r:id="rId413"/>
     <hyperlink ref="G415" r:id="rId414"/>
     <hyperlink ref="G416" r:id="rId415"/>
     <hyperlink ref="G417" r:id="rId416"/>
     <hyperlink ref="G418" r:id="rId417"/>
     <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>